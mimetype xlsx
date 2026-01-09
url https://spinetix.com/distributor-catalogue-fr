--- v0 (2025-10-10)
+++ v1 (2026-01-09)
@@ -1,744 +1,762 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29609"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://spinetix.sharepoint.com/sites/marketingchannelmanagementgroup/Documents partages/Public/Marketing/2. Product Catalogue/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://spinetix.sharepoint.com/sites/marketingchannelmanagementgroup/Documents partages/CHANNEL/10 - SpinetiX Partner Web Kit/2. Catalogue Pages with Product Descriptions/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="68" documentId="13_ncr:1_{3A1CF70D-0B88-4406-BADA-DED3B04C5A03}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{96950F5F-3174-405B-A85D-330A557F3744}"/>
+  <xr:revisionPtr revIDLastSave="93" documentId="13_ncr:1_{3A1CF70D-0B88-4406-BADA-DED3B04C5A03}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{2FE22427-F128-4125-8EA6-7FAF74FEA4E6}"/>
   <bookViews>
-    <workbookView xWindow="29850" yWindow="-120" windowWidth="27870" windowHeight="18240" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Product details" sheetId="3" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
   </externalReferences>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'Product details'!$A$1:$A$117</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Product details'!$1:$2</definedName>
     <definedName name="t_POW_Options" localSheetId="0">[1]!PowerOptions[Power Options]</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Product details'!$A$1:$A$118</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="299" uniqueCount="181">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="306" uniqueCount="186">
+  <si>
+    <t xml:space="preserve"> SpinetiX PORTFOLIO</t>
+  </si>
+  <si>
+    <t>PLAYERS</t>
+  </si>
+  <si>
+    <t>IMAGE DU PRODUIT</t>
+  </si>
+  <si>
+    <t>NOM</t>
+  </si>
+  <si>
+    <t>SKU SPINETIX</t>
+  </si>
+  <si>
+    <t>DESCRIPTION DÉTAILLÉE</t>
+  </si>
+  <si>
+    <t>DESCRIPTION COURTE</t>
+  </si>
+  <si>
+    <t>MATÉRIEL VISUEL</t>
+  </si>
+  <si>
+    <t>SPÉCIFICATIONS TECHNIQUES</t>
+  </si>
   <si>
     <t>UPC</t>
   </si>
   <si>
-    <t>HMP400</t>
-[...124 lines deleted...]
-    <t>1 abonnement annuel pour 1 player compatible afin d’accéder aux fonctionnalités Enterprise dans l’application basée sur le cloud SpinetiX ARYA. L’abonnement comprend la gestion, le stockage et la distribution du contenu. Afin de  maintenir les fonctionnalités Enterprise dans SpinetiX ARYA, un renouvellement automatique de l’abonnement est reconduit d’une année à l’autre, à moins que le client ne l’annule par écrit avant la fin de la période d’abonnement en cours. En savoir plus: https://www.spinetix.com/fr/arya</t>
+    <t>iBX440</t>
+  </si>
+  <si>
+    <t>SX-HW-IBX440</t>
+  </si>
+  <si>
+    <t>L'iBX440 est un player d'affichage dynamique avancé, conçu pour les applications de murs d'écrans et les murs LED haute résolution, alimenté par DSOS™ et fièrement fabriqué à Taïwan par SpinetiX.
+Conçu avec une technologie de pointe, ce player dispose de quatre sorties HDMI, toutes parfaitement synchronisées, offrant chacune une impressionnante résolution de 4K@60 ips. En combinaison avec le CMS SpinetiX ARYA™ et le logiciel Elementi, l'iBX440 est votre choix pour des visuels saisissants sur les murs d'écrans et des murs LED de grande taille.
+Explorez l'iBX440 sur notre site officiel : https://www.spinetix.com/fr/iBX440
+Principales caractéristiques :
+- 4 sorties HDMI pour des murs d'écrans 4x4K haute résolution à 60 ips
+-Compatible avec le CMS SpinetiX ARYA™
+-Compatible avec le logiciel d’affichage dynamique Elementi et ses 250+ widgets
+-Fonctionnalités avancées activées avec les licences DSOS
+-Design compact avec refroidissement par flux d'air externe
+-Processeur de dernière génération Intel® Core™
+-DSOS™ par SpinetiX – l'OS léger dédié à l'affichage
+-128 Go de stockage interne
+-Conçu pour une utilisation 24h/24 et 7j/7
+-Garantie de 3 ans incluse, extensible à 5 ans
+Alimentation incluse
+Voir la fiche technique: https://www.spinetix.com/ibx440/specs-fr</t>
+  </si>
+  <si>
+    <t>L'iBX440 est un player d'affichage dynamique avancé, conçu pour les applications de murs d'écrans et les murs LED haute résolution, fièrement fabriqué à Taïwan par SpinetiX. Conçu avec une technologie de pointe, ce player dispose de quatre sorties HDMI, toutes parfaitement synchronisées, offrant chacune une résolution impressionnante de 4K @ 60 ips. En combinaison avec le CMS SpinetiX ARYA™ et le logiciel Elementi, l'iBX440 est le choix idéal pour des visuels saisissants sur des murs d'écrans et des murs LED de grande taille. Pour en savoir plus : https://www.spinetix.com/fr/ibx440</t>
+  </si>
+  <si>
+    <t>Cliquez ici pour la page web du player iBX440</t>
+  </si>
+  <si>
+    <t>Cliquez ici pour les spécifications techniques du iBX440</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+7629999631939</t>
+  </si>
+  <si>
+    <t>Cliquez ici pour voir les images de l'iBX440</t>
+  </si>
+  <si>
+    <t>Cliquez ici pour la vidéo de présentation de l'iBX440</t>
+  </si>
+  <si>
+    <t>Vidéo de démarrage iBX440 disponible bientôt</t>
   </si>
   <si>
     <t>iBX410</t>
   </si>
   <si>
     <t>SX-HW-IBX410</t>
-  </si>
-[...175 lines deleted...]
-    <t>Vidéo de démarrage iBX440 disponible bientôt</t>
   </si>
   <si>
     <t>L'iBX410 est le tout dernier player de qualité commerciale, fièrement fabriqué à Taïwan par SpinetiX.
 Conçu avec les dernières technologies et une ingénierie de précision, ce player exceptionnel est doté d'une seule sortie HDMI et d'une impressionnante capacité 4K @60 ips, offrant des images époustouflantes et des performances inégalées.
 Doté d'un design élégant et compact, avec une hauteur de moins de 22 mm/0,85 pouces, l'iBX410 établit de nouvelles normes de compacité sans compromettre la puissance. Sa conception sans ventilateur garantit un fonctionnement silencieux, le rendant adapté à un large éventail d'environnements.
 Équipé d'un processeur Intel® Atom® avancé et alimenté par le robuste système d'exploitation DSOS™, spécialement conçu pour l'affichage dynamique, l'iBX410 garantit une polyvalence et une fiabilité inégalées pour toutes les applications d'affichage. Ses performances solides et sa flexibilité en font un choix idéal pour diverses industries, offrant une expérience visuelle immersive et captivante.
 Découvrez-en davantage sur les capacités exceptionnelles de l'iBX410 sur notre site officiel : https://www.spinetix.com/iBX410
 Principales caractéristiques :
 -Compatible avec le CMS SpinetiX ARYA™
 -Compatible avec le logiciel d’affichage dynamique Elementi et ses 250+ widgets
 -Fonctionnalités avancées activées avec les licences DSOS
 -Design plat, compact et sans ventilateur
 -Processeur de dernière génération Intel® Atom®
 -DSOS™ par SpinetiX – l'OS léger dédié à l'affichage
 -Prêt pour un affichage 4K | 60 ips
 -128 Go de stockage interne
 -Conçu pour une utilisation 24h/24 et 7j/7
 -Garantie de 3 ans incluse, extensible à 5 ans
 Alimentation incluse
 Voir la fiche technique: https://www.spinetix.com/ibx410/specs-fr</t>
   </si>
   <si>
     <t>L'iBX410 est le tout dernier player de qualité commerciale, fièrement fabriqué à Taïwan. Équipé d'un processeur Intel® Atom® avancé et alimenté par le robuste système d'exploitation DSOS™, spécialement conçu pour l'affichage dynamique, l'iBX410 dispose d'une seule sortie HDMI et d'une impressionnante capacité 4K@60 ips, offrant des images époustouflantes et des performances inégalées. En savoir plus: https://www.spinetix.com/fr/ibx410</t>
   </si>
   <si>
-    <t>L'iBX410W est le tout dernier player de qualité commerciale, fièrement fabriqué à Taïwan. Disposant du Wi-Fi, équipé d'un processeur Intel® Atom® avancé et alimenté par le robuste système d'exploitation DSOS™, spécialement conçu pour l'affichage dynamique, l'iBX410 dispose d'une seule sortie HDMI et d'une impressionnante capacité 4K@60 ips, offrant des images époustouflantes et des performances inégalées. En savoir plus: https://www.spinetix.com/fr/ibx410w</t>
+    <t>Cliquez ici pour la page web du player iBX410</t>
+  </si>
+  <si>
+    <t>Cliquez ici pour les spécifications techniques du iBX410</t>
+  </si>
+  <si>
+    <t>Cliquez ici pour voir les images de l'iBX410</t>
+  </si>
+  <si>
+    <t>Cliquez ici pour la vidéo de présentation de l'iBX410</t>
+  </si>
+  <si>
+    <t>Cliquez ici pour la vidéo de démarrage de l'iBX410</t>
+  </si>
+  <si>
+    <t>iBX410W</t>
+  </si>
+  <si>
+    <t>SX-HW-IBX410W</t>
   </si>
   <si>
     <t>L'iBX410W est le tout dernier player de qualité commerciale, fièrement fabriqué à Taïwan par SpinetiX.
 Conçu avec les dernières technologies et une ingénierie de précision, ce player exceptionnel est doté d'une seule sortie HDMI et d'une impressionnante capacité 4K @60 ips, offrant des images époustouflantes et des performances inégalées.
 Doté d'un design élégant et compact, avec une hauteur de moins de 22 mm/0,85 pouces, l'iBX410W établit de nouvelles normes de compacité sans compromettre la puissance. Sa conception sans ventilateur garantit un fonctionnement silencieux, le rendant adapté à un large éventail d'environnements.
 Équipé d'un processeur Intel® Atom® avancé et alimenté par le robuste système d'exploitation DSOS™, spécialement conçu pour l'affichage dynamique, l'iBX410W garantit une polyvalence et une fiabilité inégalées pour toutes les applications d'affichage. Ses performances solides et sa flexibilité en font un choix idéal pour diverses industries, offrant une expérience visuelle immersive et captivante.
 Découvrez-en davantage sur les capacités exceptionnelles de l'iBX410W sur notre site officiel : https://www.spinetix.com/iBX410w
 Principales caractéristiques :
 -Compatible avec le CMS SpinetiX ARYA™
 -Compatible avec le logiciel d’affichage dynamique Elementi et ses 250+ widgets
 -Fonctionnalités avancées activées avec les licences DSOS
 -Design plat, compact et sans ventilateur
 -Processeur de dernière génération Intel® Atom®
 -DSOS™ par SpinetiX – l'OS léger dédié à l'affichage
 -Prêt pour un affichage 4K | 60 ips
 -128 Go de stockage interne
 -Conçu pour une utilisation 24h/24 et 7j/7
 -Connexion Wi-Fi
 -Garantie de 3 ans incluse, extensible à 5 ans
 Alimentation incluse
 Voir la fiche technique: https://www.spinetix.com/ibx410w/specs-fr</t>
   </si>
   <si>
-    <t xml:space="preserve">
-7629999631939</t>
+    <t>L'iBX410W est le tout dernier player de qualité commerciale, fièrement fabriqué à Taïwan. Disposant du Wi-Fi, équipé d'un processeur Intel® Atom® avancé et alimenté par le robuste système d'exploitation DSOS™, spécialement conçu pour l'affichage dynamique, l'iBX410 dispose d'une seule sortie HDMI et d'une impressionnante capacité 4K@60 ips, offrant des images époustouflantes et des performances inégalées. En savoir plus: https://www.spinetix.com/fr/ibx410w</t>
   </si>
   <si>
     <t xml:space="preserve">
 7629999806443</t>
   </si>
   <si>
-    <t>iBX410W</t>
-[...2 lines deleted...]
-    <t>SX-HW-IBX410W</t>
+    <t>HMP400</t>
+  </si>
+  <si>
+    <t>SX-HW-HMP400</t>
   </si>
   <si>
     <t>Le player pour les applications critiques, le HMP400 est le dernier et le meilleur player d’affichage dynamique de la quatrième génération de la gamme primée HMP de SpinetiX. 4K@60 fps, HTML5, PoE+,  ne sont que quelques-unes des principales fonctionnalités offertes par le HMP400. Avec son processeur Intel® Atom® et son système d’exploitation DSOS™ conçu pour l’affichage dynamique, le HMP400 garantit une flexibilité et des performances maximales quelle que soit l’application d’affichage dynamique. En savoir plus: https://www.spinetix.com/fr/hmp400
 Principales caractéristiques :
 -Compatible avec le CMS SpinetiX ARYA™
 -Compatible avec le logiciel d’affichage dynamique Elementi et ses 250+ widgets
 -Fonctionnalités avancées activées avec les licences DSOS
 -Player d’affichage dynamique de qualité commerciale conçu pour une utilisation longue durée 24/7 
 -Résistant à la poussière, conçu pour des conditions extrêmes
 -Connecteurs HDMI et USB-C verrouillables
 -Conception compacte et sans ventilateur avec un profil fin 
 -Processeur Intel® Atom®
 -Prend en charge les résolutions 4K | 60 ips
 -Power over Ethernet (PoE+)
 -Garantie de 3 ans incluse, extensible à 5 ans
 Conçu en Suisse, fabriqué en Allemagne
 Voir la fiche technique: https://www.spinetix.com/hmp400/specs-fr</t>
   </si>
   <si>
     <t>Le player pour les applications critiques, le HMP400 est le dernier et le meilleur player d’affichage dynamique de la quatrième génération de la gamme primée HMP fabriqué en Allemagne par SpinetiX. 4K@60 ips, HTML5, PoE+,  ne sont que quelques-unes des principales fonctionnalités offertes. En savoir plus: https://www.spinetix.com/fr/hmp400</t>
+  </si>
+  <si>
+    <t>Cliquez ici pour la page web du player HMP400</t>
+  </si>
+  <si>
+    <t>Cliquez ici pour les spécifications techniques du HMP400</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7629999762350
+</t>
+  </si>
+  <si>
+    <t>Cliquez ici pour les images du player HMP400</t>
+  </si>
+  <si>
+    <t>Cliquez ici pour la vidéo de démarrage du HMP400</t>
+  </si>
+  <si>
+    <t>HMP400W</t>
+  </si>
+  <si>
+    <t>SX-HW-HMP400W</t>
   </si>
   <si>
     <t>Le player pour les applications critiques, le HMP400W est le dernier et le meilleur player d’affichage dynamique de la quatrième génération de la gamme primée HMP de SpinetiX. 4K@60 fps, HTML5, PoE+, ne sont que quelques-unes des principales fonctionnalités offertes par le HMP400. Avec son processeur Intel® Atom® et son système d’exploitation DSOS™ conçu pour l’affichage dynamique, le HMP400 garantit une flexibilité et des performances maximales quelle que soit l’application d’affichage dynamique. En savoir plus: https://www.spinetix.com/fr/hmp400w
 Principales caractéristiques :
 -Compatible avec le CMS SpinetiX ARYA™
 -Compatible avec le logiciel d’affichage dynamique Elementi et ses 250+ widgets
 -Fonctionnalités avancées activées avec les licences DSOS
 -Player d’affichage dynamique de qualité commerciale conçu pour une utilisation longue durée 24/7 
 -Résistant à la poussière, conçu pour des conditions extrêmes
 -Connecteurs HDMI et USB-C verrouillables
 -Conception compacte et sans ventilateur avec un profil fin 
 -Processeur Intel® Atom®
 -Prend en charge les résolutions 4K | 60 fps
 -Power over Ethernet (PoE+)
 -Connexion Wi-Fi
 -Garantie de 3 ans incluse, extensible à 5 ans
 Conçu en Suisse, fabriqué en Allemagne
 Voir la fiche technique: https://www.spinetix.com/hmp400/specs-fr</t>
   </si>
   <si>
     <t>Le player pour les applications critiques, le HMP400W est le dernier et le meilleur player d’affichage dynamique de la quatrième génération de la gamme primée HMP fabriqué en Allemagne par SpinetiX. 4K@60 ips, HTML5, PoE+, WiFi, ne sont que quelques-unes des principales fonctionnalités offertes. En savoir plus: https://www.spinetix.com/fr/hmp400w</t>
   </si>
   <si>
-    <t>Configuration de tous vos joueurs dans le compte désigné SpinetiX ARYA™ Enterprise en une seule fois. Les joueurs seront dans le compte avec les paramètres corrects, y compris : Noms des joueurs, numéros de série, résolution, orientation de l'écran, fuseau horaire, paramètres audio et adresses des joueurs. Ce service est fourni conformément aux conditions générales de vente de SpinetiX. Pour plus de détails : https://www.spinetix.com/legal</t>
-[...41 lines deleted...]
-Voir la fiche technique: https://www.spinetix.com/ibx440/specs-fr</t>
+    <t>Cliquez ici pour la page web du player HMP400W</t>
+  </si>
+  <si>
+    <t>Cliquez ici pour les spécifications techniques du HMP400W</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7629999305878
+</t>
+  </si>
+  <si>
+    <t>Cliquez ici pour les images du player HMP400W</t>
+  </si>
+  <si>
+    <t>Cliquez ici pour la vidéo de démarrage du HMP400W</t>
   </si>
   <si>
     <t>Extension de garantie matérielle de 5 ans - iBX440</t>
   </si>
   <si>
     <t>SX-WTY-IBX440</t>
   </si>
   <si>
+    <t>Service pour prolonger la garantie matérielle de 3 à 5 ans pour 1 player SpinetiX iBX440.</t>
+  </si>
+  <si>
+    <t>Cliquez ici pour l'image</t>
+  </si>
+  <si>
+    <t>n/a</t>
+  </si>
+  <si>
+    <t>Extension de garantie matérielle de 5 ans - iBX410</t>
+  </si>
+  <si>
     <t>SX-WTY-IBX410</t>
   </si>
   <si>
+    <t>Service pour prolonger la garantie matérielle de 3 à 5 ans pour 1 player SpinetiX iBX410 et iBX410W.</t>
+  </si>
+  <si>
+    <t>Extension de garantie matérielle de 5 ans - HMP400/W</t>
+  </si>
+  <si>
     <t>SX-WTY-HMP400</t>
   </si>
   <si>
-    <t>Service pour prolonger la garantie matérielle de 3 à 5 ans pour 1 player SpinetiX iBX440.</t>
-[...2 lines deleted...]
-    <t>Service pour prolonger la garantie matérielle de 3 à 5 ans pour 1 player SpinetiX iBX410 et iBX410W.</t>
+    <t>Service pour prolonger la garantie matérielle de 3 à 5 ans pour 1 player SpinetiX HMP400 et HMP400W.</t>
+  </si>
+  <si>
+    <t>ACCESSOIRES</t>
+  </si>
+  <si>
+    <t>Unité d'alimentation HMP400/400W</t>
+  </si>
+  <si>
+    <t>SX-HW-PD30</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1 alimentation adaptée au HMP400 ou au HMP400W spécifiquement sélectionnée par SpinetiX pour fournir une robustesse et une durabilité optimales. Adaptateurs américains et européens inclus. Le player d’affichage de la série HMP400 peut être alimenté en PoE (Power over Ethernet) mais vous pouvez également alimenter votre player avec cette alimentation USB-C externe dédiée de haute qualité. </t>
+  </si>
+  <si>
+    <t>1 alimentation adaptée au HMP400 ou au HMP400W spécifiquement sélectionnée par SpinetiX pour fournir une robustesse et une durabilité optimales. Adaptateurs américains et européens inclus.</t>
+  </si>
+  <si>
+    <t>7629999180062</t>
+  </si>
+  <si>
+    <t>Câble audio USB-C HMP400/400W</t>
+  </si>
+  <si>
+    <t>SX-HW-UCAUD</t>
+  </si>
+  <si>
+    <t>1 câble audio USB-C pour connecter un périphérique audio au HMP400/400W.</t>
+  </si>
+  <si>
+    <t>Câble série USB-C HMP400/400W</t>
+  </si>
+  <si>
+    <t>SX-HW-UCSER</t>
+  </si>
+  <si>
+    <t>1 câble série USB-C pour connecter un équipement au HMP400/400W via RS-232.</t>
+  </si>
+  <si>
+    <t>Câble série  iBX RS-232</t>
+  </si>
+  <si>
+    <t>SX-HW-RS-IBX</t>
+  </si>
+  <si>
+    <t>1 RS-232 via câble accessoire RJ45 spécial</t>
+  </si>
+  <si>
+    <t>LICENCES &amp; ABONNEMENTS</t>
+  </si>
+  <si>
+    <t>Elementi S</t>
+  </si>
+  <si>
+    <t>SX-SW-EL-S</t>
+  </si>
+  <si>
+    <t>1 clé de licence permanente Elementi S pour 1 PC avec plan de mise à jour pour la 1ère année inclus. Diffusez du contenu sur jusqu'à 10 écrans avec plus de 250 widgets personnalisables basés sur les données. Elementi est le logiciel pour les projets d'affichage dynamique dits "on premise", conçu pour fournir des expériences visuelles riches et personnalisées. En savoir plus sur: https://www.spinetix.com/fr/software</t>
+  </si>
+  <si>
+    <t>1 clé de licence permanente Elementi S pour 1 PC avec plan de mise à jour pour la 1ère année inclus. Diffusez du contenu sur jusqu'à 10 écrans avec plus de 250 widgets personnalisables basés sur les données.</t>
+  </si>
+  <si>
+    <t>Cliquez ici pour les images</t>
+  </si>
+  <si>
+    <t>7629999030039</t>
+  </si>
+  <si>
+    <t>Elementi M</t>
   </si>
   <si>
     <t>SX-SW-EL-M</t>
   </si>
   <si>
+    <t>1 clé de licence permanente Elementi M pour 1 PC avec plan de mise à jour pour la 1ère année inclus. Diffusez du contenu sur jusqu'à 10 écrans avec plus de 250 widgets personnalisables basés sur les données. Elementi est le logiciel pour les projets d'affichage dynamique dits "on premise", conçu pour fournir des expériences visuelles riches et personnalisées. En savoir plus sur: https://www.spinetix.com/fr/software</t>
+  </si>
+  <si>
+    <t>1 clé de licence permanente Elementi M pour 1 PC avec plan de mise à jour pour la 1ère année inclus. Diffusez du contenu sur jusqu'à 10 écrans avec plus de 250 widgets personnalisables basés sur les données.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7629999030046 </t>
+  </si>
+  <si>
+    <t>Elementi X</t>
+  </si>
+  <si>
+    <t>SX-SW-EL-X</t>
+  </si>
+  <si>
+    <t>1 clé de licence permanente Elementi X pour 1 PC avec plan de mise à jour pour la 1ère année inclus. Diffusez du contenu sur jusqu'à 10 écrans avec plus de 250 widgets personnalisables basés sur les données. Elementi est le logiciel pour les projets d'affichage dynamique dits "on premise", conçu pour fournir des expériences visuelles riches et personnalisées. En savoir plus sur: https://www.spinetix.com/fr/software</t>
+  </si>
+  <si>
+    <t>1 clé de licence permanente Elementi X pour 1 PC avec plan de mise à jour pour la 1ère année inclus. Diffusez du contenu sur jusqu'à 10 écrans avec plus de 250 widgets personnalisables basés sur les données.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7629999030053 </t>
+  </si>
+  <si>
+    <t>Elementi S Update Plan 1-year</t>
+  </si>
+  <si>
     <t>SX-SW-UP1Y-EL-S</t>
   </si>
   <si>
+    <t>Plan d’un an pour accéder aux nouvelles mises à jour logicielles pour une seule licence Elementi S. Obtenez un accès illimité aux dernières fonctionnalités du logiciel, aux améliorations, aux optimisations ainsi qu’aux derniers correctifs de sécurité pendant 1 an. En savoir plus: https://www.spinetix.com/fr/update-plan</t>
+  </si>
+  <si>
+    <t>Plan d’un an pour accéder aux nouvelles mises à jour logicielles pour une seule licence Elementi S.</t>
+  </si>
+  <si>
+    <t>Elementi S Update Plan 3-year</t>
+  </si>
+  <si>
     <t>SX-SW-UP3Y-EL-S</t>
   </si>
   <si>
+    <t>Plan de trois ans pour accéder aux nouvelles mises à jour logicielles pour une seule licence Elementi S. Obtenez un accès illimité aux dernières fonctionnalités du logiciel, aux améliorations, aux optimisations ainsi qu’aux derniers correctifs de sécurité pendant 3 ans. En savoir plus: https://www.spinetix.com/fr/update-plan</t>
+  </si>
+  <si>
+    <t>Plan de trois ans pour accéder aux nouvelles mises à jour logicielles pour une seule licence Elementi S.</t>
+  </si>
+  <si>
+    <t>Elementi M Update Plan 1-year</t>
+  </si>
+  <si>
     <t>SX-SW-UP1Y-EL-M</t>
   </si>
   <si>
+    <t>Plan d’un an pour accéder aux nouvelles mises à jour logicielles pour une seule licence Elementi M. Obtenez un accès illimité aux dernières fonctionnalités du logiciel, aux améliorations, aux optimisations ainsi qu’aux derniers correctifs de sécurité pendant 1 an. En savoir plus: https://www.spinetix.com/fr/update-plan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Plan d’un an pour accéder aux nouvelles mises à jour logicielles pour une seule licence Elementi M. </t>
+  </si>
+  <si>
+    <t>Elementi M Update Plan 3-year</t>
+  </si>
+  <si>
     <t>SX-SW-UP3Y-EL-M</t>
   </si>
   <si>
+    <t>Plan de trois ans pour accéder aux nouvelles mises à jour logicielles pour une seule licence Elementi M. Obtenez un accès illimité aux dernières fonctionnalités du logiciel, aux améliorations, aux optimisations ainsi qu’aux derniers correctifs de sécurité pendant 3 ans. En savoir plus: https://www.spinetix.com/fr/update-plan</t>
+  </si>
+  <si>
+    <t>Plan de trois ans pour accéder aux nouvelles mises à jour logicielles pour une seule licence Elementi M.</t>
+  </si>
+  <si>
+    <t>Elementi X Update Plan 1-year</t>
+  </si>
+  <si>
     <t>SX-SW-UP1Y-EL-X</t>
   </si>
   <si>
+    <t>Plan d’un an pour accéder aux nouvelles mises à jour logicielles pour une seule licence Elementi X. Obtenez un accès illimité aux dernières fonctionnalités du logiciel, aux améliorations, aux optimisations ainsi qu’aux derniers correctifs de sécurité pendant 1 an. En savoir plus: https://www.spinetix.com/fr/update-plan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Plan d’un an pour accéder aux nouvelles mises à jour logicielles pour une seule licence Elementi X. </t>
+  </si>
+  <si>
+    <t>Elementi X Update Plan 3-year</t>
+  </si>
+  <si>
     <t>SX-SW-UP3Y-EL-X</t>
   </si>
   <si>
-    <t>SX-SUB-1Y-WID</t>
-[...56 lines deleted...]
-    <t>Câble série  iBX RS-232</t>
+    <t>Plan de trois ans pour accéder aux nouvelles mises à jour logicielles pour une seule licence Elementi X. Obtenez un accès illimité aux dernières fonctionnalités du logiciel, aux améliorations, aux optimisations ainsi qu’aux derniers correctifs de sécurité pendant 3 ans. En savoir plus: https://www.spinetix.com/fr/update-plan</t>
+  </si>
+  <si>
+    <t>Plan de trois ans pour accéder aux nouvelles mises à jour logicielles pour une seule licence Elementi X.</t>
   </si>
   <si>
     <t>Feature Set - WIDGETS 
 Abonnement annuel</t>
   </si>
   <si>
+    <t>SX-SUB-1Y-WID</t>
+  </si>
+  <si>
+    <t>1 abonnement annuel pour 1 player compatible permettant l’activation du feature set WIDGETS et la compatibilité avec le logiciel Elementi. Afin de maintenir le feature set WIDGETS sur le player, un renouvellement automatique de l’abonnement est reconduit d’une année à l’autre, à moins que le client ne l’annule par écrit avant la fin de la période d’abonnement en cours.
+L’abonnement annuel  vous permet d’utiliser  la polyvalence des plus de 250 widgets du logiciel d’affichage dynamique SpinetiX Elementi. Agrémentez vos écrans avec du contenu qui se met automatiquement à jour en utilisant les données de vos outils quotidiens tels que les réseaux sociaux, G-Suite ou Microsoft Office 365. Les widgets sont facilement personnalisables, simples et puissants pour fournir du contenu basé sur les données.  En savoir plus: https://www.spinetix.com/fr/dsos-widgets</t>
+  </si>
+  <si>
+    <t>1 abonnement annuel pour 1 player compatible permettant l’activation du feature set WIDGETS et la compatibilité avec le logiciel Elementi.</t>
+  </si>
+  <si>
     <t>Feature Set - KIOSK 
 Abonnement annuel</t>
   </si>
   <si>
+    <t>SX-SUB-1Y-KIOSK</t>
+  </si>
+  <si>
+    <t>1 abonnement annuel pour 1 player compatible permettant l’activation du feature set KIOSK et la compatibilité avec le logiciel Elementi.  Afin de maintenir le feature set KIOSK sur le player, un renouvellement automatique de l’abonnement est reconduit d’une année à l’autre, à moins que le client ne l’annule par écrit avant la fin de la période d’abonnement en cours.
+L’abonnement annuel vous permet à la fois de diffuser du contenu interactif conçu en HTLM5 et d'accéder de manière sûre et fiable à des services web développés par des parties tierces (ex: Power BI, Tableau, Zoom...). Grâce à ces fonctionnalités, le HMP400 devient un outil de communication unifiée et de collaboration. En savoir plus: https://www.spinetix.com/fr/dsos-kiosk</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1 abonnement annuel pour 1 player compatible permettant l’activation du feature set KIOSK et la compatibilité avec le logiciel Elementi. </t>
+  </si>
+  <si>
     <t>Feature Set - SYSTEMS 
 Abonnement annuel</t>
   </si>
   <si>
+    <t>SX-SUB-1Y-SYS</t>
+  </si>
+  <si>
+    <t>1 abonnement annuel pour 1 player compatible permettant l’activation du feature set SYSTEMS et la compatibilité avec le logiciel Elementi. Afin de maintenir le feature set SYSTEMS sur le player, un renouvellement automatique de l’abonnement est reconduit d’une année à l’autre, à moins que le client ne l’annule par écrit avant la fin de la période d’abonnement en cours
+L’abonnement annuel vous permet d’utiliser des solutions IoT et des technologies tierces avec votre installation d’affichage dynamique. Avec les capteurs, les caméras, le smart-building, les systèmes de gestion de files d’attente et plus encore, vous disposez de la pleine capacité d’intégration du player SpinetiX HMP400 et du logiciel d’affichage dynamique SpinetiX Elementi pour offrir des expériences avec un degré avancé d’intégration.  En savoir plus: https://www.spinetix.com/fr/dsos-systems</t>
+  </si>
+  <si>
+    <t>1 abonnement annuel pour 1 player compatible permettant l’activation du feature set SYSTEMS et la compatibilité avec le logiciel Elementi.</t>
+  </si>
+  <si>
     <t>Feature Set - WIDGETS 
 Licence permanente</t>
   </si>
   <si>
+    <t>SX-LIC-WIDGETS</t>
+  </si>
+  <si>
+    <t>1 licence d’activation permanente permettant la compatibilité avec le logiciel Elementi et le feature set WIDGETS. Prix de la licence pour 1 player compatible.
+La licence vous permet d’utiliser la polyvalence des plus de 250 widgets du logiciel d’affichage dynamique SpinetiX Elementi. Agrémentez vos écrans avec du contenu qui se met automatiquement à jour en utilisant les données de vos outils quotidiens tels que les réseaux sociaux, G-Suite ou Microsoft Office 365. Les widgets sont facilement personnalisables, simples et puissants pour fournir du contenu basé sur les données.  En savoir plus: https://www.spinetix.com/fr/dsos-widgets</t>
+  </si>
+  <si>
+    <t>1 licence d’activation permanente permettant la compatibilité avec le logiciel Elementi et le feature set WIDGETS. Prix de la licence pour 1 player compatible.</t>
+  </si>
+  <si>
     <t>Feature Set - KIOSK 
 Licence permanente</t>
   </si>
   <si>
+    <t>SX-LIC-KIOSK</t>
+  </si>
+  <si>
+    <t>1 licence d’activation permanente  permettant la compatibilité avec le logiciel Elementi, le feature set KIOSK. Prix de la licence pour 1 player compatible.
+La license vous permet à la fois de diffuser du contenu interactif conçu en HTLM5 et d'accéder de manière sûre et fiable à des services web développés par des parties tierces (ex: Power BI, Tableau, Zoom...). Grâce à ces fonctionnalités, le HMP400 devient un outil de communication unifiée et de collaboration.  En savoir plus: https://www.spinetix.com/fr/dsos-kiosk</t>
+  </si>
+  <si>
+    <t>1 licence d’activation permanente permettant la compatibilité avec le logiciel Elementi, le feature set KIOSK. Prix de la licence pour 1 player compatible.</t>
+  </si>
+  <si>
     <t>Feature Set - SYSTEMS 
 Licence permanente</t>
   </si>
   <si>
-    <t>1 abonnement annuel pour 1 player compatible permettant l’activation du feature set WIDGETS et la compatibilité avec le logiciel Elementi. Afin de maintenir le feature set WIDGETS sur le player, un renouvellement automatique de l’abonnement est reconduit d’une année à l’autre, à moins que le client ne l’annule par écrit avant la fin de la période d’abonnement en cours.
-[...34 lines deleted...]
-La license vous permet à la fois de diffuser du contenu interactif conçu en HTLM5 et d'accéder de manière sûre et fiable à des services web développés par des parties tierces (ex: Power BI, Tableau, Zoom...). Grâce à ces fonctionnalités, le HMP400 devient un outil de communication unifiée et de collaboration.  En savoir plus: https://www.spinetix.com/fr/dsos-kiosk</t>
+    <t>SX-LIC-SYSTEMS</t>
   </si>
   <si>
     <t>1 licence d’activation permanente permettant la compatibilité avec le logiciel Elementi et le feature set SYSTEMS. Prix de la licence pour 1 player compatible.
 La licenc vous permet d’utiliser des solutions IoT et des technologies tierces avec votre installation d’affichage dynamique. Avec les capteurs, les caméras, le smart-building, les systèmes de gestion de files d’attente et plus encore, vous disposez de la pleine capacité d’intégration du player SpinetiX HMP400 et du logiciel d’affichage dynamique SpinetiX Elementi pour offrir des expériences avec un degré avancé d’intégration.  En savoir plus: https://www.spinetix.com/fr/dsos-systems</t>
   </si>
   <si>
+    <t>1 licence d’activation permanente  permettant la compatibilité avec le logiciel Elementi et le feature set SYSTEMS. Prix de la licence pour 1 player compatible.</t>
+  </si>
+  <si>
     <t>SpinetiX ARYA™ Enterprise
 Abonnement annuel</t>
   </si>
   <si>
+    <t>SX-SUB-ARYA-ENT</t>
+  </si>
+  <si>
+    <t>1 abonnement annuel pour 1 player compatible afin d’accéder aux fonctionnalités Enterprise dans l’application basée sur le cloud SpinetiX ARYA. L’abonnement comprend la gestion, le stockage et la distribution du contenu. Afin de  maintenir les fonctionnalités Enterprise dans SpinetiX ARYA, un renouvellement automatique de l’abonnement est reconduit d’une année à l’autre, à moins que le client ne l’annule par écrit avant la fin de la période d’abonnement en cours. En savoir plus: https://www.spinetix.com/fr/arya</t>
+  </si>
+  <si>
+    <t>1 abonnement annuel pour 1 player compatible afin d’accéder aux fonctionnalités Enterprise dans l’application basée sur le cloud SpinetiX ARYA.</t>
+  </si>
+  <si>
     <t>SpinetiX ARYA™ WIDGETS
 Abonnement annuel</t>
   </si>
   <si>
+    <t>SX-SUB-ARYA-WID</t>
+  </si>
+  <si>
+    <t>Abonnement pour activer le plan SpinetiX ARYA WIDGETS dans un compte désigné. Les frais d'abonnement sont calculés en fonction de la capacité du compte et de la durée de l'abonnement. La capacité du compte est le nombre maximum de players qui peuvent être associés au compte SpinetiX ARYA. La durée minimale de l'abonnement est de 12 mois. L'abonnement est automatiquement renouvelé pour 12 mois à moins que SpinetiX ne soit notifié par écrit avant la fin de la période d'abonnement en cours. Découvrez tous les avantages de ce plan sur : https://www.spinetix.com/fr/arya</t>
+  </si>
+  <si>
+    <t>Abonnement pour activer le plan SpinetiX ARYA WIDGETS dans un compte désigné. Les frais d'abonnement sont calculés en fonction de la capacité du compte et de la durée de l'abonnement.</t>
+  </si>
+  <si>
     <t>SpinetiX ARYA™ KIOSK
 Abonnement annuel</t>
   </si>
   <si>
+    <t>SX-SUB-ARYA-KIOSK</t>
+  </si>
+  <si>
+    <t>Abonnement pour activer le plan SpinetiX ARYA KIOSK dans un compte désigné. Les frais d'abonnement sont calculés en fonction de la capacité du compte et de la durée de l'abonnement. La capacité du compte est le nombre maximum de players qui peuvent être associés au compte SpinetiX ARYA. La durée minimale de l'abonnement est de 12 mois. L'abonnement est automatiquement renouvelé pour 12 mois à moins que SpinetiX ne soit notifié par écrit avant la fin de la période d'abonnement en cours. Découvrez tous les avantages de ce plan sur : https://www.spinetix.com/fr/arya</t>
+  </si>
+  <si>
+    <t>Abonnement pour activer le plan SpinetiX ARYA KIOSK dans un compte désigné. Les frais d'abonnement sont calculés en fonction de la capacité du compte et de la durée de l'abonnement.</t>
+  </si>
+  <si>
     <t>SpinetiX ARYA™ SYSTEMS
 Abonnement annuel</t>
+  </si>
+  <si>
+    <t>SX-SUB-ARYA-SYS</t>
+  </si>
+  <si>
+    <t>Abonnement pour activer le plan SpinetiX ARYA SYSTEMS dans un compte désigné. Les frais d'abonnement sont calculés en fonction de la capacité du compte et de la durée de l'abonnement. La capacité du compte est le nombre maximum de players qui peuvent être associés au compte SpinetiX ARYA. La durée minimale de l'abonnement est de 12 mois. L'abonnement est automatiquement renouvelé pour 12 mois à moins que SpinetiX ne soit notifié par écrit avant la fin de la période d'abonnement en cours. Découvrez tous les avantages de ce plan sur : https://www.spinetix.com/arya</t>
+  </si>
+  <si>
+    <t>Abonnement pour activer le plan SpinetiX ARYA SYSTEMS dans un compte désigné. Les frais d'abonnement sont calculés en fonction de la capacité du compte et de la durée de l'abonnement.</t>
+  </si>
+  <si>
+    <t>SERVICES</t>
+  </si>
+  <si>
+    <t>SpinetiX Data Storage Region Migration Service</t>
+  </si>
+  <si>
+    <t>SX-SE-DATA-MIGRATE</t>
+  </si>
+  <si>
+    <t>Ce service permet une migration unique des données clients et utilisateurs de la région de stockage actuelle vers une autre. Il inclut la reconfiguration de l’authentification unique (SSO) si celle-ci était activée précédemment. La migration garantit la continuité et la conformité aux exigences spécifiques de résidence des données du client.</t>
+  </si>
+  <si>
+    <t>Migration unique des données clients et utilisateurs vers une nouvelle région de stockage des données SpinetiX, comprenant la reconfiguration du SSO si nécessaire.</t>
+  </si>
+  <si>
+    <t>Cliquez ici pour l'images</t>
+  </si>
+  <si>
+    <t>Cliquez ici pour la fiche technique du service</t>
+  </si>
+  <si>
+    <t>ARYA - Batch Setup</t>
+  </si>
+  <si>
+    <t>SX-SE-ARYA-BATCH</t>
+  </si>
+  <si>
+    <t>Configuration de tous vos joueurs dans le compte désigné SpinetiX ARYA™ Enterprise en une seule fois. Les joueurs seront dans le compte avec les paramètres corrects, y compris : Noms des joueurs, numéros de série, résolution, orientation de l'écran, fuseau horaire, paramètres audio et adresses des joueurs. Ce service est fourni conformément aux conditions générales de vente de SpinetiX. Pour plus de détails : https://www.spinetix.com/legal</t>
+  </si>
+  <si>
+    <t>Configuration de tous vos joueurs dans le compte désigné SpinetiX ARYA™ Enterprise en une seule fois.</t>
+  </si>
+  <si>
+    <t>ARYA - Custom Aspect Ratio Setup</t>
+  </si>
+  <si>
+    <t>SX-SE-ARYA-RATIO</t>
+  </si>
+  <si>
+    <t>Configuration d'un canevas personnalisé au sein du compte SpinetiX ARYA™ Enterprise désigné pour permettre la création de contenu pour la résolution spécifique de l'écran. Ce service est fourni conformément aux conditions générales de vente de SpinetiX. Pour plus de détails : https://www.spinetix.com/legal</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Configuration d'un canevas personnalisé au sein du compte SpinetiX ARYA™ Enterprise désigné pour permettre la création de contenu pour la résolution spécifique de l'écran. </t>
+  </si>
+  <si>
+    <t>ARYA - Onboarding Training</t>
+  </si>
+  <si>
+    <t>SX-SE-ARYA-TRAIN</t>
+  </si>
+  <si>
+    <t>L'accueil des clients de SpinetiX ARYA™ Enterprise par les experts de SpinetiX. Le service comprend 2 sessions d'une heure de formation en ligne en direct pour aider le client à s'orienter avec le produit. Ce service est fourni conformément aux conditions générales de vente de SpinetiX. Pour plus de détails : https://www.spinetix.com/legal</t>
+  </si>
+  <si>
+    <t>L'accueil des clients de SpinetiX ARYA™ Enterprise par les experts de SpinetiX.</t>
+  </si>
+  <si>
+    <t>SpinetiX HUB - SSO Activation</t>
+  </si>
+  <si>
+    <t>SX-SE-HUB-SSO</t>
+  </si>
+  <si>
+    <t>Configuration professionnelle du compte client final SpinetiX HUB par les experts de SpinetiX pour permettre l'activation de l'authentification unique (SSO) avec l'annuaire des utilisateurs du client où l'authentification des utilisateurs est contrôlée par le client. Ce service est fourni conformément aux conditions générales de vente de SpinetiX. Pour plus de détails : https://www.spinetix.com/legal</t>
+  </si>
+  <si>
+    <t>Configuration professionnelle du compte client final SpinetiX HUB par les experts de SpinetiX pour permettre l'activation de l'authentification unique (SSO).</t>
+  </si>
+  <si>
+    <t>Elementi - Web Page Configuration</t>
+  </si>
+  <si>
+    <t>SX-SE-EL-WEBCONFIG</t>
+  </si>
+  <si>
+    <t>Configuration de la couche de la page web Elementi par les experts de SpinetiX pour effectuer automatiquement les étapes d'authentification nécessaires à la visualisation du contenu à l'aide d'un script de robot web écrit sur mesure. Ce service est livré selon les conditions générales de vente de SpinetiX. Pour plus de détails : https://www.spinetix.com/legal</t>
+  </si>
+  <si>
+    <t>Configuration de la couche de la page web Elementi par les experts de SpinetiX.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="10" x14ac:knownFonts="1">
+  <fonts count="10">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="0"/>
       <name val="Calibri"/>
@@ -768,78 +786,72 @@
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
-  <fills count="6">
+  <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF0070C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
-        <bgColor indexed="64"/>
-[...4 lines deleted...]
-        <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="7">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="hair">
         <color rgb="FF0070C0"/>
       </left>
       <right style="hair">
         <color rgb="FF0070C0"/>
       </right>
       <top style="hair">
         <color rgb="FF0070C0"/>
       </top>
       <bottom style="hair">
         <color rgb="FF0070C0"/>
       </bottom>
@@ -893,274 +905,265 @@
       <right style="hair">
         <color rgb="FF0070C0"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="hair">
         <color rgb="FF0070C0"/>
       </left>
       <right style="hair">
         <color rgb="FF0070C0"/>
       </right>
       <top/>
       <bottom style="hair">
         <color rgb="FF0070C0"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="46">
+  <cellXfs count="43">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="4" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="5" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="4" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="5" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="6" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="4" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="4" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="4" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...22 lines deleted...]
-    </xf>
   </cellXfs>
   <cellStyles count="2">
-    <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
+    <cellStyle name="Lien hypertexte" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF65D7FF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>319685</xdr:colOff>
       <xdr:row>24</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>1680209</xdr:colOff>
       <xdr:row>25</xdr:row>
-      <xdr:rowOff>213139</xdr:rowOff>
+      <xdr:rowOff>224569</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="17" name="Picture 16">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{99DE8D99-009A-46D7-A31D-98C9D5DA3C99}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1005485" y="17987010"/>
           <a:ext cx="1370049" cy="1337088"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>339650</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>62865</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
-      <xdr:colOff>1767840</xdr:colOff>
+      <xdr:colOff>1784985</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>1103221</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 26">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E42E6753-3308-456C-90D7-A63FDB0731F3}"/>
             </a:ext>
             <a:ext uri="{147F2762-F138-4A5C-976F-8EAC2B608ADB}">
               <a16:predDERef xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" pred="{32A403BE-CC8B-46AA-A6EE-B5D5EB058C06}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
@@ -1174,102 +1177,102 @@
           <a:off x="1063550" y="12864465"/>
           <a:ext cx="1428190" cy="1040356"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>502522</xdr:colOff>
       <xdr:row>28</xdr:row>
       <xdr:rowOff>22413</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>1520638</xdr:colOff>
       <xdr:row>28</xdr:row>
-      <xdr:rowOff>974688</xdr:rowOff>
+      <xdr:rowOff>986118</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="25" name="Picture 24">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FFC54D12-ECCC-4617-B80E-301AC7CA8533}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="1186081" y="8101854"/>
           <a:ext cx="999066" cy="963705"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>439880</xdr:colOff>
       <xdr:row>27</xdr:row>
       <xdr:rowOff>106636</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>1524000</xdr:colOff>
       <xdr:row>27</xdr:row>
-      <xdr:rowOff>853552</xdr:rowOff>
+      <xdr:rowOff>870697</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="26" name="Picture 23">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D25A08C6-1C44-4640-9A38-B74C2696721C}"/>
             </a:ext>
             <a:ext uri="{147F2762-F138-4A5C-976F-8EAC2B608ADB}">
               <a16:predDERef xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" pred="{FFC54D12-ECCC-4617-B80E-301AC7CA8533}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch/>
@@ -1327,103 +1330,103 @@
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1068482" y="71148948"/>
           <a:ext cx="1127984" cy="1109723"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>397697</xdr:colOff>
       <xdr:row>43</xdr:row>
       <xdr:rowOff>455857</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
-      <xdr:colOff>1546635</xdr:colOff>
+      <xdr:colOff>1558065</xdr:colOff>
       <xdr:row>43</xdr:row>
-      <xdr:rowOff>1546647</xdr:rowOff>
+      <xdr:rowOff>1558077</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="38" name="Picture 10">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0EC9C1C0-F630-4FAE-9A76-A60B161BA850}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1103668" y="22699533"/>
           <a:ext cx="1143223" cy="1098410"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>371699</xdr:colOff>
       <xdr:row>44</xdr:row>
       <xdr:rowOff>444425</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>1525905</xdr:colOff>
       <xdr:row>44</xdr:row>
-      <xdr:rowOff>1546806</xdr:rowOff>
+      <xdr:rowOff>1558236</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="46" name="Picture 13">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AD584B7C-A2A1-4ACF-B888-2DDCFF38F02A}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
@@ -1577,53 +1580,53 @@
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1045958" y="43863635"/>
           <a:ext cx="1200709" cy="1174854"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>404745</xdr:colOff>
       <xdr:row>48</xdr:row>
       <xdr:rowOff>90925</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
-      <xdr:colOff>1546526</xdr:colOff>
+      <xdr:colOff>1557956</xdr:colOff>
       <xdr:row>48</xdr:row>
-      <xdr:rowOff>1238331</xdr:rowOff>
+      <xdr:rowOff>1253571</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="162" name="Picture 46">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F0E11A87-CBED-42C8-85BE-00FFF1065BEB}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch/>
       </xdr:blipFill>
@@ -1672,445 +1675,445 @@
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="1047638" y="7810500"/>
           <a:ext cx="1388857" cy="1033219"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>457200</xdr:colOff>
       <xdr:row>33</xdr:row>
       <xdr:rowOff>161925</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
-      <xdr:colOff>1540999</xdr:colOff>
+      <xdr:colOff>1556239</xdr:colOff>
       <xdr:row>33</xdr:row>
-      <xdr:rowOff>1237892</xdr:rowOff>
+      <xdr:rowOff>1253132</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="9" name="Picture 8">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3793CF15-4737-45D1-B0DB-B9F2A799D69D}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1143000" y="19964400"/>
           <a:ext cx="1076179" cy="1085492"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>409575</xdr:colOff>
       <xdr:row>34</xdr:row>
       <xdr:rowOff>180975</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>1523257</xdr:colOff>
       <xdr:row>34</xdr:row>
-      <xdr:rowOff>1311221</xdr:rowOff>
+      <xdr:rowOff>1328366</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="10" name="Picture 9">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9906DC4F-D2CB-4E3E-A32B-A0B86C0A1FF0}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1095375" y="21402675"/>
           <a:ext cx="1113682" cy="1126436"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>390525</xdr:colOff>
       <xdr:row>35</xdr:row>
       <xdr:rowOff>133350</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
-      <xdr:colOff>1503593</xdr:colOff>
+      <xdr:colOff>1518833</xdr:colOff>
       <xdr:row>35</xdr:row>
       <xdr:rowOff>1257309</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="12" name="Picture 11">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4A3C68FE-3E94-4910-AC54-DA3808D58B1B}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1076325" y="22802850"/>
           <a:ext cx="1116878" cy="1123959"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>400050</xdr:colOff>
       <xdr:row>36</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
-      <xdr:colOff>1540292</xdr:colOff>
+      <xdr:colOff>1555532</xdr:colOff>
       <xdr:row>36</xdr:row>
-      <xdr:rowOff>1161303</xdr:rowOff>
+      <xdr:rowOff>1176543</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="18" name="Picture 18">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4E78F4FC-F098-4511-A235-1D149A3076AA}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1085850" y="24079200"/>
           <a:ext cx="1132622" cy="1123203"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>400050</xdr:colOff>
       <xdr:row>37</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
-      <xdr:colOff>1544576</xdr:colOff>
+      <xdr:colOff>1557911</xdr:colOff>
       <xdr:row>37</xdr:row>
-      <xdr:rowOff>1165032</xdr:rowOff>
+      <xdr:rowOff>1176462</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="20" name="Picture 30">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E9B97038-3B88-4EDF-9251-A2E17EF2D102}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1085850" y="25288875"/>
           <a:ext cx="1140716" cy="1140267"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>390525</xdr:colOff>
       <xdr:row>38</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>1561305</xdr:colOff>
       <xdr:row>38</xdr:row>
-      <xdr:rowOff>1203221</xdr:rowOff>
+      <xdr:rowOff>1214651</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="22" name="Picture 32">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DC0A7DC9-4161-4012-8A97-E5308B6F614D}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1076325" y="26517600"/>
           <a:ext cx="1170780" cy="1182266"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>400050</xdr:colOff>
       <xdr:row>39</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>1562917</xdr:colOff>
       <xdr:row>39</xdr:row>
-      <xdr:rowOff>1202264</xdr:rowOff>
+      <xdr:rowOff>1215599</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="24" name="Picture 38">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8D979A44-AD5A-4465-BE42-270CC5EA66FE}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1085850" y="27765375"/>
           <a:ext cx="1162867" cy="1166069"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>409575</xdr:colOff>
       <xdr:row>40</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
-      <xdr:colOff>1581323</xdr:colOff>
+      <xdr:colOff>1596563</xdr:colOff>
       <xdr:row>40</xdr:row>
-      <xdr:rowOff>1203498</xdr:rowOff>
+      <xdr:rowOff>1214928</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="28" name="Picture 41">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9FDD9F7D-775A-44C2-BD7E-2CE33D1A60B9}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1095375" y="28994100"/>
           <a:ext cx="1158413" cy="1163493"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>409575</xdr:colOff>
       <xdr:row>41</xdr:row>
       <xdr:rowOff>19051</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
-      <xdr:colOff>1546403</xdr:colOff>
+      <xdr:colOff>1557833</xdr:colOff>
       <xdr:row>41</xdr:row>
-      <xdr:rowOff>1196341</xdr:rowOff>
+      <xdr:rowOff>1213486</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="29" name="Picture 43">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BD3316D0-25D7-4B4F-9101-2E20DB374569}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch/>
       </xdr:blipFill>
@@ -2247,591 +2250,630 @@
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1054295" y="50320331"/>
           <a:ext cx="1193790" cy="1193790"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>323850</xdr:colOff>
       <xdr:row>23</xdr:row>
       <xdr:rowOff>321162</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>1716057</xdr:colOff>
       <xdr:row>23</xdr:row>
-      <xdr:rowOff>970649</xdr:rowOff>
+      <xdr:rowOff>985889</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="Picture 5">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{69587B3C-6B3F-86EF-B527-6A7371DA3C8D}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1029821" y="15695633"/>
           <a:ext cx="1392207" cy="649487"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>2</xdr:col>
-      <xdr:colOff>476233</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>200687</xdr:rowOff>
+      <xdr:colOff>485574</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>266064</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
-      <xdr:colOff>1579806</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>1292830</xdr:rowOff>
+      <xdr:colOff>1597319</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>1367014</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="15" name="Picture 8">
+        <xdr:cNvPr id="16" name="Picture 10">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F706E6CB-A5F4-40FE-B255-C2E8E56ABF6B}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{69627913-573C-445F-90A9-C5B459BDCFAD}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26" cstate="print">
-          <a:extLst>
-[...47 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1189596" y="62841173"/>
           <a:ext cx="1092695" cy="1099045"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>470701</xdr:colOff>
-      <xdr:row>56</xdr:row>
+      <xdr:row>57</xdr:row>
       <xdr:rowOff>264157</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
-      <xdr:colOff>1578162</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>1388128</xdr:rowOff>
+      <xdr:colOff>1595307</xdr:colOff>
+      <xdr:row>57</xdr:row>
+      <xdr:rowOff>1403368</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="19" name="Picture 13">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8303DC1A-0048-49C9-976A-DB7FEF48D741}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28" cstate="print">
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1174723" y="64446092"/>
           <a:ext cx="1103651" cy="1127781"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>453556</xdr:colOff>
-      <xdr:row>57</xdr:row>
+      <xdr:row>58</xdr:row>
       <xdr:rowOff>250822</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
-      <xdr:colOff>1578797</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>1390668</xdr:rowOff>
+      <xdr:colOff>1594037</xdr:colOff>
+      <xdr:row>58</xdr:row>
+      <xdr:rowOff>1405908</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="27" name="Picture 13">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{26707A3F-4410-45A5-9B99-12E6E93FBD05}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29" cstate="print">
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1157578" y="66039583"/>
           <a:ext cx="1113811" cy="1130321"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>432601</xdr:colOff>
-      <xdr:row>58</xdr:row>
+      <xdr:row>59</xdr:row>
       <xdr:rowOff>92707</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
-      <xdr:colOff>1540062</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>1198898</xdr:rowOff>
+      <xdr:colOff>1557207</xdr:colOff>
+      <xdr:row>59</xdr:row>
+      <xdr:rowOff>1214138</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="37" name="Picture 13">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7713086B-E014-401B-AC57-266889B98C29}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30" cstate="print">
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1136623" y="67488294"/>
           <a:ext cx="1103651" cy="1110001"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>233488</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>681347</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
-      <xdr:colOff>1876425</xdr:colOff>
+      <xdr:colOff>1870710</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>1524434</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="Picture 12">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B8384883-2B65-4A39-A9E3-2E7EBFE075C4}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31" cstate="print">
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="919288" y="15635597"/>
           <a:ext cx="1642937" cy="843087"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>124639</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>634235</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
-      <xdr:colOff>1919066</xdr:colOff>
+      <xdr:colOff>1909541</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>3619</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="Picture 13">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{23E816BF-8F78-C3DB-C33C-89D4E971340E}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32" cstate="print">
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="810439" y="3472685"/>
           <a:ext cx="1794427" cy="979109"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>200025</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>1323975</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1563155" cy="210448"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="39" name="Picture 38">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7FFF0FE4-4801-485B-9BA4-01EEFD879764}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="885825" y="10220325"/>
           <a:ext cx="1563155" cy="210448"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>361950</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>19049</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
-      <xdr:colOff>1689827</xdr:colOff>
+      <xdr:colOff>1680302</xdr:colOff>
       <xdr:row>22</xdr:row>
-      <xdr:rowOff>1317548</xdr:rowOff>
+      <xdr:rowOff>1328978</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="Picture 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C8739A0A-417F-4A67-BBAB-6E86C18ED15F}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1047750" y="27412949"/>
           <a:ext cx="1327877" cy="1298499"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>464887</xdr:colOff>
       <xdr:row>29</xdr:row>
       <xdr:rowOff>85184</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="986718" cy="736963"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="7" name="Picture 6">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D471C130-7B7A-4A66-B055-01B4F386454D}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35" cstate="print">
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm rot="5400000">
           <a:off x="1273323" y="34978689"/>
           <a:ext cx="736963" cy="986718"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>358588</xdr:colOff>
       <xdr:row>30</xdr:row>
       <xdr:rowOff>123264</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
-      <xdr:colOff>1610125</xdr:colOff>
+      <xdr:colOff>1604410</xdr:colOff>
       <xdr:row>30</xdr:row>
-      <xdr:rowOff>733310</xdr:rowOff>
+      <xdr:rowOff>727595</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="8" name="Picture 7">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{31C1C7FF-B103-2682-1D20-33C20D184E4F}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1042147" y="35051999"/>
           <a:ext cx="1251537" cy="610046"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>476233</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>200687</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1103573" cy="1092143"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="11" name="Picture 8">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FA1485D2-646E-40A8-A34B-1D45AA2FBA92}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch/>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="1162033" y="66551837"/>
+          <a:ext cx="1103573" cy="1092143"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>504825</xdr:colOff>
+      <xdr:row>54</xdr:row>
+      <xdr:rowOff>266700</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>1527681</xdr:colOff>
+      <xdr:row>54</xdr:row>
+      <xdr:rowOff>1329559</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="21" name="Picture 20">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7E459EEB-2911-4495-B320-B1E46BF9E40F}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="1190625" y="66617850"/>
+          <a:ext cx="1028571" cy="1047619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/sites/marketingchannelmanagementgroup/Documents%20partages/CHANNEL/3-Price%20Lists/2020/SpinetiX_Price_List_2020_v10.1.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <sheetNames>
       <sheetName val="Settings"/>
       <sheetName val="NFU_legacyEMEA"/>
       <sheetName val="400"/>
       <sheetName val="400 Dealer"/>
       <sheetName val="DSOS-ARYA Distrib"/>
       <sheetName val="400-DSOS-ARYA Dealers"/>
@@ -3152,1849 +3194,1866 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-HMP400-player-images.zip" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-arya-imagery.zip" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-elementi-update-plan-images.zip" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-professional-services-imagery.zip" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-elementi-images.zip" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-arya-imagery.zip" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/fr/digital-signage-products/players/ibx440" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-iBX410-player-images.zip" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/flXOA0ri68A" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-HMP400-player-images.zip" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/fr/digital-signage-products/players/ibx410w" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-HMP400-player-power-delivery-unit-images.zip" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-DSOS-license-imagery.zip" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/fr/digital-signage-products/players/hmp400" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-elementi-update-plan-images.zip" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-DSOS-license-imagery.zip" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-professional-services-imagery.zip" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-professional-services-imagery.zip" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/JdDPUbVw-lU" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/fr/digital-signage-products/players/hmp400" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/hmp400/specs-fr" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-DSOS-license-imagery.zip" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-DSOS-license-imagery.zip" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/ibx440/specs-fr" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-HMP400-player-serial-cable-images.zip" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/ibx410w/specs-fr" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../../../../:f:/r/sites/marketingchannelmanagementgroup/Documents%20partages/CHANNEL/10%20-%20SpinetiX%20Partner%20Web%20Kit/2020/Website%20Pages/2.%20Catalogue%20Pages%20with%20Product%20Descriptions/Tech%20Specs%20%26%20Guides/HMP400-HMP400W?csf=1&amp;web=1&amp;e=jlkwjE" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-player-warranty-extension-images.zip" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-elementi-images.zip" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-elementi-update-plan-images.zip" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-DSOS-license-imagery.zip" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-arya-imagery.zip" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-ibx440-player-images.zip" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/X-3I_Uv2D1s" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/hmp400/specs-fr" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-player-warranty-extension-images.zip" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-iBX410-player-images.zip" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/JmfpWN93wIo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-HMP400-player-audio-cable-images.zip" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-elementi-update-plan-images.zip" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-DSOS-license-imagery.zip" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-professional-services-imagery.zip" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/fr/digital-signage-products/players/ibx410" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-elementi-update-plan-images.zip" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-professional-services-imagery.zip" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../../../../:f:/r/sites/marketingchannelmanagementgroup/Documents%20partages/CHANNEL/10%20-%20SpinetiX%20Partner%20Web%20Kit/2020/Website%20Pages/2.%20Catalogue%20Pages%20with%20Product%20Descriptions/Tech%20Specs%20%26%20Guides/HMP400-HMP400W?csf=1&amp;web=1&amp;e=jlkwjE" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/CwK2D3QOpAE" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-player-warranty-extension-images.zip" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-elementi-images.zip" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-elementi-update-plan-images.zip" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-arya-imagery.zip" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/ibx410/specs-fr" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-HMP400-player-images.zip" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-arya-imagery.zip" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-elementi-update-plan-images.zip" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-professional-services-imagery.zip" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-elementi-images.zip" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-arya-imagery.zip" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/fr/digital-signage-products/players/ibx440" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-iBX410-player-images.zip" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/flXOA0ri68A" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-HMP400-player-images.zip" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/fr/digital-signage-products/players/ibx410w" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-HMP400-player-power-delivery-unit-images.zip" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-DSOS-license-imagery.zip" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/fr/digital-signage-products/players/hmp400" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-elementi-update-plan-images.zip" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-DSOS-license-imagery.zip" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-professional-services-imagery.zip" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-professional-services-imagery.zip" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/JdDPUbVw-lU" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-professional-services-imagery.zip" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/fr/digital-signage-products/players/hmp400" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/hmp400/specs-fr" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-DSOS-license-imagery.zip" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-DSOS-license-imagery.zip" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/ibx440/specs-fr" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-HMP400-player-serial-cable-images.zip" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/ibx410w/specs-fr" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../../../../../../../../:f:/r/sites/marketingchannelmanagementgroup/Documents%20partages/CHANNEL/10%20-%20SpinetiX%20Partner%20Web%20Kit/2020/Website%20Pages/2.%20Catalogue%20Pages%20with%20Product%20Descriptions/Tech%20Specs%20%26%20Guides/HMP400-HMP400W?csf=1&amp;web=1&amp;e=jlkwjE" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-player-warranty-extension-images.zip" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-elementi-images.zip" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-elementi-update-plan-images.zip" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-DSOS-license-imagery.zip" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-arya-imagery.zip" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-ibx440-player-images.zip" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/X-3I_Uv2D1s" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/hmp400/specs-fr" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-player-warranty-extension-images.zip" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-iBX410-player-images.zip" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/JmfpWN93wIo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-HMP400-player-audio-cable-images.zip" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-elementi-update-plan-images.zip" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-DSOS-license-imagery.zip" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-professional-services-imagery.zip" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/fr/digital-signage-products/players/ibx410" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-elementi-update-plan-images.zip" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-professional-services-imagery.zip" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-professional-services-imagery.zip" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../../../../../../../../:f:/r/sites/marketingchannelmanagementgroup/Documents%20partages/CHANNEL/10%20-%20SpinetiX%20Partner%20Web%20Kit/2020/Website%20Pages/2.%20Catalogue%20Pages%20with%20Product%20Descriptions/Tech%20Specs%20%26%20Guides/HMP400-HMP400W?csf=1&amp;web=1&amp;e=jlkwjE" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/CwK2D3QOpAE" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-player-warranty-extension-images.zip" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-elementi-images.zip" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-elementi-update-plan-images.zip" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-arya-imagery.zip" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/ibx410/specs-fr" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FDCA9203-2C9E-42A0-B0F2-51E5597BFEA7}">
   <sheetPr>
     <tabColor rgb="FF00B0F0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:AQ589"/>
+  <dimension ref="A1:AQ590"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A50" zoomScale="85" zoomScaleNormal="85" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="F42" sqref="F42"/>
+    <sheetView tabSelected="1" topLeftCell="C56" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="H59" sqref="H59"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="12.75" zeroHeight="1" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="12.75" zeroHeight="1"/>
   <cols>
     <col min="1" max="1" width="5" style="1" customWidth="1"/>
     <col min="2" max="2" width="5.28515625" style="1" customWidth="1"/>
     <col min="3" max="3" width="29.28515625" style="1" customWidth="1"/>
     <col min="4" max="4" width="40.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="23.7109375" style="1" customWidth="1"/>
     <col min="6" max="7" width="51.28515625" style="1" customWidth="1"/>
     <col min="8" max="9" width="18.7109375" style="1" customWidth="1"/>
     <col min="10" max="10" width="24.7109375" style="1" customWidth="1"/>
     <col min="11" max="11" width="5.28515625" style="1" customWidth="1"/>
     <col min="12" max="12" width="5" style="1" customWidth="1"/>
     <col min="13" max="43" width="2.28515625" style="1" hidden="1" customWidth="1"/>
     <col min="44" max="16384" width="11.42578125" style="1" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:11" x14ac:dyDescent="0.2"/>
-    <row r="2" spans="2:11" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="2:11"/>
+    <row r="2" spans="2:11" ht="30" customHeight="1">
       <c r="B2" s="5"/>
-      <c r="C2" s="42" t="s">
-[...8 lines deleted...]
-      <c r="J2" s="43"/>
+      <c r="C2" s="23" t="s">
+        <v>0</v>
+      </c>
+      <c r="D2" s="24"/>
+      <c r="E2" s="24"/>
+      <c r="F2" s="24"/>
+      <c r="G2" s="24"/>
+      <c r="H2" s="24"/>
+      <c r="I2" s="24"/>
+      <c r="J2" s="24"/>
       <c r="K2" s="5"/>
     </row>
-    <row r="3" spans="2:11" ht="21" customHeight="1" x14ac:dyDescent="0.2">
-[...13 lines deleted...]
-    <row r="4" spans="2:11" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="2:11" ht="21" customHeight="1">
+      <c r="B3" s="25" t="s">
+        <v>1</v>
+      </c>
+      <c r="C3" s="26"/>
+      <c r="D3" s="26"/>
+      <c r="E3" s="26"/>
+      <c r="F3" s="26"/>
+      <c r="G3" s="26"/>
+      <c r="H3" s="26"/>
+      <c r="I3" s="26"/>
+      <c r="J3" s="26"/>
+      <c r="K3" s="26"/>
+    </row>
+    <row r="4" spans="2:11" ht="30" customHeight="1">
       <c r="B4" s="5"/>
       <c r="C4" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="D4" s="10" t="s">
+        <v>3</v>
+      </c>
+      <c r="E4" s="11" t="s">
+        <v>4</v>
+      </c>
+      <c r="F4" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="G4" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="H4" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="I4" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="J4" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="K4" s="5"/>
+    </row>
+    <row r="5" spans="2:11" ht="130.15" customHeight="1">
+      <c r="B5" s="5"/>
+      <c r="C5" s="27"/>
+      <c r="D5" s="32" t="s">
+        <v>10</v>
+      </c>
+      <c r="E5" s="32" t="s">
+        <v>11</v>
+      </c>
+      <c r="F5" s="35" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" s="35" t="s">
+        <v>13</v>
+      </c>
+      <c r="H5" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="I5" s="37" t="s">
+        <v>15</v>
+      </c>
+      <c r="J5" s="32" t="s">
+        <v>16</v>
+      </c>
+      <c r="K5" s="5"/>
+    </row>
+    <row r="6" spans="2:11" ht="127.15" customHeight="1">
+      <c r="B6" s="5"/>
+      <c r="C6" s="28"/>
+      <c r="D6" s="33"/>
+      <c r="E6" s="33"/>
+      <c r="F6" s="31"/>
+      <c r="G6" s="31"/>
+      <c r="H6" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="I6" s="38"/>
+      <c r="J6" s="33"/>
+      <c r="K6" s="5"/>
+    </row>
+    <row r="7" spans="2:11" ht="127.15" customHeight="1">
+      <c r="B7" s="5"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="33"/>
+      <c r="E7" s="33"/>
+      <c r="F7" s="31"/>
+      <c r="G7" s="31"/>
+      <c r="H7" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="I7" s="38"/>
+      <c r="J7" s="33"/>
+      <c r="K7" s="5"/>
+    </row>
+    <row r="8" spans="2:11" ht="94.15" customHeight="1">
+      <c r="B8" s="5"/>
+      <c r="C8" s="29"/>
+      <c r="D8" s="34"/>
+      <c r="E8" s="34"/>
+      <c r="F8" s="36"/>
+      <c r="G8" s="36"/>
+      <c r="H8" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="I8" s="39"/>
+      <c r="J8" s="34"/>
+      <c r="K8" s="5"/>
+    </row>
+    <row r="9" spans="2:11" ht="130.15" customHeight="1">
+      <c r="B9" s="5"/>
+      <c r="C9" s="27"/>
+      <c r="D9" s="27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" s="27" t="s">
+        <v>21</v>
+      </c>
+      <c r="F9" s="35" t="s">
+        <v>22</v>
+      </c>
+      <c r="G9" s="35" t="s">
+        <v>23</v>
+      </c>
+      <c r="H9" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="I9" s="37" t="s">
+        <v>25</v>
+      </c>
+      <c r="J9" s="40">
+        <v>7629999842717</v>
+      </c>
+      <c r="K9" s="5"/>
+    </row>
+    <row r="10" spans="2:11" ht="127.15" customHeight="1">
+      <c r="B10" s="5"/>
+      <c r="C10" s="28"/>
+      <c r="D10" s="28"/>
+      <c r="E10" s="28"/>
+      <c r="F10" s="31"/>
+      <c r="G10" s="31"/>
+      <c r="H10" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="I10" s="38"/>
+      <c r="J10" s="41"/>
+      <c r="K10" s="5"/>
+    </row>
+    <row r="11" spans="2:11" ht="127.15" customHeight="1">
+      <c r="B11" s="5"/>
+      <c r="C11" s="28"/>
+      <c r="D11" s="28"/>
+      <c r="E11" s="28"/>
+      <c r="F11" s="31"/>
+      <c r="G11" s="31"/>
+      <c r="H11" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="I11" s="38"/>
+      <c r="J11" s="41"/>
+      <c r="K11" s="5"/>
+    </row>
+    <row r="12" spans="2:11" ht="94.15" customHeight="1">
+      <c r="B12" s="5"/>
+      <c r="C12" s="29"/>
+      <c r="D12" s="29"/>
+      <c r="E12" s="29"/>
+      <c r="F12" s="36"/>
+      <c r="G12" s="36"/>
+      <c r="H12" s="14" t="s">
         <v>28</v>
       </c>
-      <c r="D4" s="10" t="s">
+      <c r="I12" s="39"/>
+      <c r="J12" s="42"/>
+      <c r="K12" s="5"/>
+    </row>
+    <row r="13" spans="2:11" ht="130.15" customHeight="1">
+      <c r="B13" s="22"/>
+      <c r="C13" s="27"/>
+      <c r="D13" s="32" t="s">
         <v>29</v>
       </c>
-      <c r="E4" s="11" t="s">
+      <c r="E13" s="32" t="s">
         <v>30</v>
       </c>
-      <c r="F4" s="7" t="s">
+      <c r="F13" s="35" t="s">
+        <v>31</v>
+      </c>
+      <c r="G13" s="35" t="s">
+        <v>32</v>
+      </c>
+      <c r="H13" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="I13" s="37" t="s">
+        <v>25</v>
+      </c>
+      <c r="J13" s="32" t="s">
+        <v>33</v>
+      </c>
+      <c r="K13" s="5"/>
+    </row>
+    <row r="14" spans="2:11" ht="127.15" customHeight="1">
+      <c r="B14" s="22"/>
+      <c r="C14" s="28"/>
+      <c r="D14" s="33"/>
+      <c r="E14" s="33"/>
+      <c r="F14" s="31"/>
+      <c r="G14" s="31"/>
+      <c r="H14" s="37" t="s">
+        <v>26</v>
+      </c>
+      <c r="I14" s="38"/>
+      <c r="J14" s="33"/>
+      <c r="K14" s="5"/>
+    </row>
+    <row r="15" spans="2:11" ht="127.15" customHeight="1">
+      <c r="B15" s="22"/>
+      <c r="C15" s="28"/>
+      <c r="D15" s="33"/>
+      <c r="E15" s="33"/>
+      <c r="F15" s="31"/>
+      <c r="G15" s="31"/>
+      <c r="H15" s="38"/>
+      <c r="I15" s="38"/>
+      <c r="J15" s="33"/>
+      <c r="K15" s="5"/>
+    </row>
+    <row r="16" spans="2:11" ht="94.15" customHeight="1">
+      <c r="B16" s="22"/>
+      <c r="C16" s="29"/>
+      <c r="D16" s="34"/>
+      <c r="E16" s="34"/>
+      <c r="F16" s="36"/>
+      <c r="G16" s="36"/>
+      <c r="H16" s="39"/>
+      <c r="I16" s="39"/>
+      <c r="J16" s="34"/>
+      <c r="K16" s="5"/>
+    </row>
+    <row r="17" spans="1:11" ht="112.15" customHeight="1">
+      <c r="B17" s="22"/>
+      <c r="C17" s="27"/>
+      <c r="D17" s="27" t="s">
+        <v>34</v>
+      </c>
+      <c r="E17" s="27" t="s">
+        <v>35</v>
+      </c>
+      <c r="F17" s="30" t="s">
+        <v>36</v>
+      </c>
+      <c r="G17" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H17" s="14" t="s">
+        <v>38</v>
+      </c>
+      <c r="I17" s="37" t="s">
+        <v>39</v>
+      </c>
+      <c r="J17" s="27" t="s">
+        <v>40</v>
+      </c>
+      <c r="K17" s="5"/>
+    </row>
+    <row r="18" spans="1:11" ht="97.15" customHeight="1">
+      <c r="B18" s="22"/>
+      <c r="C18" s="28"/>
+      <c r="D18" s="28"/>
+      <c r="E18" s="28"/>
+      <c r="F18" s="31"/>
+      <c r="G18" s="31"/>
+      <c r="H18" s="14" t="s">
+        <v>41</v>
+      </c>
+      <c r="I18" s="38"/>
+      <c r="J18" s="28"/>
+      <c r="K18" s="5"/>
+    </row>
+    <row r="19" spans="1:11" ht="100.15" customHeight="1">
+      <c r="B19" s="22"/>
+      <c r="C19" s="29"/>
+      <c r="D19" s="29"/>
+      <c r="E19" s="29"/>
+      <c r="F19" s="31"/>
+      <c r="G19" s="31"/>
+      <c r="H19" s="14" t="s">
+        <v>42</v>
+      </c>
+      <c r="I19" s="39"/>
+      <c r="J19" s="29"/>
+      <c r="K19" s="5"/>
+    </row>
+    <row r="20" spans="1:11" ht="111" customHeight="1">
+      <c r="B20" s="22"/>
+      <c r="C20" s="27"/>
+      <c r="D20" s="27" t="s">
+        <v>43</v>
+      </c>
+      <c r="E20" s="27" t="s">
+        <v>44</v>
+      </c>
+      <c r="F20" s="30" t="s">
+        <v>45</v>
+      </c>
+      <c r="G20" s="30" t="s">
+        <v>46</v>
+      </c>
+      <c r="H20" s="14" t="s">
+        <v>47</v>
+      </c>
+      <c r="I20" s="37" t="s">
         <v>48</v>
       </c>
-      <c r="G4" s="7" t="s">
+      <c r="J20" s="27" t="s">
         <v>49</v>
       </c>
-      <c r="H4" s="7" t="s">
+      <c r="K20" s="5"/>
+    </row>
+    <row r="21" spans="1:11" ht="108" customHeight="1">
+      <c r="B21" s="9"/>
+      <c r="C21" s="28"/>
+      <c r="D21" s="28"/>
+      <c r="E21" s="28"/>
+      <c r="F21" s="31"/>
+      <c r="G21" s="31"/>
+      <c r="H21" s="14" t="s">
         <v>50</v>
       </c>
-      <c r="I4" s="6" t="s">
-[...298 lines deleted...]
-      <c r="J21" s="30"/>
+      <c r="I21" s="38"/>
+      <c r="J21" s="28"/>
       <c r="K21" s="5"/>
     </row>
-    <row r="22" spans="1:11" ht="105" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:11" ht="105" customHeight="1">
       <c r="B22" s="9"/>
-      <c r="C22" s="31"/>
-[...3 lines deleted...]
-      <c r="G22" s="33"/>
+      <c r="C22" s="29"/>
+      <c r="D22" s="29"/>
+      <c r="E22" s="29"/>
+      <c r="F22" s="31"/>
+      <c r="G22" s="31"/>
       <c r="H22" s="14" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-      <c r="J22" s="31"/>
+        <v>51</v>
+      </c>
+      <c r="I22" s="39"/>
+      <c r="J22" s="29"/>
       <c r="K22" s="5"/>
     </row>
-    <row r="23" spans="1:11" ht="105" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:11" ht="105" customHeight="1">
       <c r="B23" s="9"/>
-      <c r="C23" s="20"/>
+      <c r="C23" s="19"/>
       <c r="D23" s="8" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-        <v>127</v>
+        <v>52</v>
+      </c>
+      <c r="E23" s="19" t="s">
+        <v>53</v>
       </c>
       <c r="F23" s="12" t="s">
-        <v>130</v>
+        <v>54</v>
       </c>
       <c r="G23" s="12" t="s">
-        <v>130</v>
+        <v>54</v>
       </c>
       <c r="H23" s="14" t="s">
-        <v>89</v>
+        <v>55</v>
       </c>
       <c r="I23" s="8" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="J23" s="8" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="K23" s="5"/>
     </row>
-    <row r="24" spans="1:11" ht="105" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:11" ht="105" customHeight="1">
       <c r="B24" s="9"/>
       <c r="C24" s="8"/>
       <c r="D24" s="8" t="s">
+        <v>57</v>
+      </c>
+      <c r="E24" s="8" t="s">
         <v>58</v>
       </c>
-      <c r="E24" s="8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F24" s="12" t="s">
-        <v>131</v>
+        <v>59</v>
       </c>
       <c r="G24" s="12" t="s">
-        <v>131</v>
+        <v>59</v>
       </c>
       <c r="H24" s="14" t="s">
-        <v>89</v>
+        <v>55</v>
       </c>
       <c r="I24" s="8" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="J24" s="8" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="K24" s="5"/>
     </row>
-    <row r="25" spans="1:11" ht="87.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:11" ht="87.75" customHeight="1">
       <c r="B25" s="9"/>
       <c r="C25" s="8"/>
       <c r="D25" s="8" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E25" s="8" t="s">
-        <v>129</v>
+        <v>61</v>
       </c>
       <c r="F25" s="12" t="s">
-        <v>32</v>
+        <v>62</v>
       </c>
       <c r="G25" s="12" t="s">
-        <v>32</v>
+        <v>62</v>
       </c>
       <c r="H25" s="14" t="s">
-        <v>89</v>
+        <v>55</v>
       </c>
       <c r="I25" s="8" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="J25" s="8" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="K25" s="5"/>
     </row>
-    <row r="26" spans="1:11" ht="21" customHeight="1" x14ac:dyDescent="0.2">
-[...13 lines deleted...]
-    <row r="27" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:11" ht="21" customHeight="1">
+      <c r="B26" s="25" t="s">
+        <v>63</v>
+      </c>
+      <c r="C26" s="26"/>
+      <c r="D26" s="26"/>
+      <c r="E26" s="26"/>
+      <c r="F26" s="26"/>
+      <c r="G26" s="26"/>
+      <c r="H26" s="26"/>
+      <c r="I26" s="26"/>
+      <c r="J26" s="26"/>
+      <c r="K26" s="26"/>
+    </row>
+    <row r="27" spans="1:11" ht="30" customHeight="1">
       <c r="B27" s="5"/>
       <c r="C27" s="6" t="s">
-        <v>28</v>
+        <v>2</v>
       </c>
       <c r="D27" s="10" t="s">
-        <v>29</v>
+        <v>3</v>
       </c>
       <c r="E27" s="11" t="s">
-        <v>30</v>
+        <v>4</v>
       </c>
       <c r="F27" s="7" t="s">
-        <v>48</v>
+        <v>5</v>
       </c>
       <c r="G27" s="7" t="s">
-        <v>49</v>
+        <v>6</v>
       </c>
       <c r="H27" s="7" t="s">
-        <v>50</v>
+        <v>7</v>
       </c>
       <c r="I27" s="6" t="s">
-        <v>31</v>
+        <v>8</v>
       </c>
       <c r="J27" s="7" t="s">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="K27" s="5"/>
     </row>
-    <row r="28" spans="1:11" ht="90" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:11" ht="90" customHeight="1">
       <c r="A28" s="4"/>
       <c r="B28" s="9"/>
       <c r="C28" s="8"/>
       <c r="D28" s="8" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="E28" s="8" t="s">
-        <v>16</v>
+        <v>65</v>
       </c>
       <c r="F28" s="12" t="s">
-        <v>35</v>
+        <v>66</v>
       </c>
       <c r="G28" s="12" t="s">
-        <v>51</v>
+        <v>67</v>
       </c>
       <c r="H28" s="14" t="s">
-        <v>89</v>
+        <v>55</v>
       </c>
       <c r="I28" s="8" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="J28" s="13" t="s">
-        <v>27</v>
+        <v>68</v>
       </c>
       <c r="K28" s="5"/>
     </row>
-    <row r="29" spans="1:11" ht="80.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:11" ht="80.25" customHeight="1">
       <c r="A29" s="4"/>
       <c r="B29" s="9"/>
       <c r="C29" s="8"/>
       <c r="D29" s="8" t="s">
-        <v>61</v>
+        <v>69</v>
       </c>
       <c r="E29" s="8" t="s">
-        <v>8</v>
+        <v>70</v>
       </c>
       <c r="F29" s="12" t="s">
-        <v>33</v>
+        <v>71</v>
       </c>
       <c r="G29" s="12" t="s">
-        <v>33</v>
+        <v>71</v>
       </c>
       <c r="H29" s="14" t="s">
-        <v>89</v>
+        <v>55</v>
       </c>
       <c r="I29" s="8" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="J29" s="8" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="K29" s="5"/>
     </row>
-    <row r="30" spans="1:11" ht="73.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:11" ht="73.5" customHeight="1">
       <c r="A30" s="4"/>
       <c r="B30" s="9"/>
       <c r="C30" s="8"/>
       <c r="D30" s="8" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="E30" s="8" t="s">
-        <v>7</v>
+        <v>73</v>
       </c>
       <c r="F30" s="12" t="s">
-        <v>34</v>
+        <v>74</v>
       </c>
       <c r="G30" s="12" t="s">
-        <v>34</v>
+        <v>74</v>
       </c>
       <c r="H30" s="14" t="s">
-        <v>89</v>
+        <v>55</v>
       </c>
       <c r="I30" s="8" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="J30" s="8" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="K30" s="5"/>
     </row>
-    <row r="31" spans="1:11" ht="73.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:11" ht="73.5" customHeight="1">
       <c r="A31" s="4"/>
       <c r="B31" s="9"/>
       <c r="C31" s="8"/>
       <c r="D31" s="8" t="s">
-        <v>158</v>
+        <v>75</v>
       </c>
       <c r="E31" s="8" t="s">
-        <v>156</v>
+        <v>76</v>
       </c>
       <c r="F31" s="12" t="s">
-        <v>157</v>
+        <v>77</v>
       </c>
       <c r="G31" s="12" t="s">
-        <v>157</v>
+        <v>77</v>
       </c>
       <c r="H31" s="8" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="I31" s="8" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="J31" s="8" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="K31" s="5"/>
     </row>
-    <row r="32" spans="1:11" ht="21" customHeight="1" x14ac:dyDescent="0.2">
-[...13 lines deleted...]
-    <row r="33" spans="2:11" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:11" ht="21" customHeight="1">
+      <c r="B32" s="25" t="s">
+        <v>78</v>
+      </c>
+      <c r="C32" s="26"/>
+      <c r="D32" s="26"/>
+      <c r="E32" s="26"/>
+      <c r="F32" s="26"/>
+      <c r="G32" s="26"/>
+      <c r="H32" s="26"/>
+      <c r="I32" s="26"/>
+      <c r="J32" s="26"/>
+      <c r="K32" s="26"/>
+    </row>
+    <row r="33" spans="2:11" ht="30" customHeight="1">
       <c r="B33" s="5"/>
       <c r="C33" s="6" t="s">
-        <v>28</v>
+        <v>2</v>
       </c>
       <c r="D33" s="10" t="s">
-        <v>29</v>
+        <v>3</v>
       </c>
       <c r="E33" s="11" t="s">
-        <v>30</v>
+        <v>4</v>
       </c>
       <c r="F33" s="7" t="s">
-        <v>48</v>
+        <v>5</v>
       </c>
       <c r="G33" s="7" t="s">
-        <v>49</v>
+        <v>6</v>
       </c>
       <c r="H33" s="7" t="s">
-        <v>50</v>
+        <v>7</v>
       </c>
       <c r="I33" s="6" t="s">
-        <v>31</v>
+        <v>8</v>
       </c>
       <c r="J33" s="7" t="s">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="K33" s="5"/>
     </row>
-    <row r="34" spans="2:11" ht="111.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="2:11" ht="111.75" customHeight="1">
       <c r="B34" s="9"/>
       <c r="C34" s="8"/>
       <c r="D34" s="8" t="s">
-        <v>10</v>
+        <v>79</v>
       </c>
       <c r="E34" s="8" t="s">
-        <v>14</v>
+        <v>80</v>
       </c>
       <c r="F34" s="12" t="s">
-        <v>91</v>
+        <v>81</v>
       </c>
       <c r="G34" s="12" t="s">
-        <v>92</v>
+        <v>82</v>
       </c>
       <c r="H34" s="14" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="I34" s="8" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="J34" s="8" t="s">
-        <v>17</v>
+        <v>84</v>
       </c>
       <c r="K34" s="5"/>
     </row>
-    <row r="35" spans="2:11" ht="114" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="2:11" ht="114" customHeight="1">
       <c r="B35" s="9"/>
       <c r="C35" s="8"/>
       <c r="D35" s="8" t="s">
-        <v>11</v>
+        <v>85</v>
       </c>
       <c r="E35" s="8" t="s">
-        <v>132</v>
+        <v>86</v>
       </c>
       <c r="F35" s="12" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="G35" s="12" t="s">
-        <v>94</v>
+        <v>88</v>
       </c>
       <c r="H35" s="14" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="I35" s="8" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="J35" s="8" t="s">
-        <v>18</v>
+        <v>89</v>
       </c>
       <c r="K35" s="5"/>
     </row>
-    <row r="36" spans="2:11" ht="107.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="2:11" ht="107.25" customHeight="1">
       <c r="B36" s="9"/>
       <c r="C36" s="8"/>
       <c r="D36" s="8" t="s">
-        <v>12</v>
+        <v>90</v>
       </c>
       <c r="E36" s="8" t="s">
-        <v>15</v>
+        <v>91</v>
       </c>
       <c r="F36" s="12" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="G36" s="12" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="H36" s="14" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="I36" s="8" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="J36" s="8" t="s">
-        <v>19</v>
+        <v>94</v>
       </c>
       <c r="K36" s="5"/>
     </row>
-    <row r="37" spans="2:11" ht="96.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="37" spans="2:11" ht="96.75" customHeight="1">
       <c r="B37" s="9"/>
       <c r="C37" s="8"/>
       <c r="D37" s="8" t="s">
-        <v>20</v>
+        <v>95</v>
       </c>
       <c r="E37" s="8" t="s">
-        <v>133</v>
+        <v>96</v>
       </c>
       <c r="F37" s="12" t="s">
-        <v>36</v>
+        <v>97</v>
       </c>
       <c r="G37" s="12" t="s">
-        <v>63</v>
+        <v>98</v>
       </c>
       <c r="H37" s="14" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="I37" s="8" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="J37" s="8" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="K37" s="5"/>
     </row>
-    <row r="38" spans="2:11" ht="96.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="38" spans="2:11" ht="96.75" customHeight="1">
       <c r="B38" s="9"/>
       <c r="C38" s="8"/>
       <c r="D38" s="8" t="s">
-        <v>21</v>
+        <v>99</v>
       </c>
       <c r="E38" s="8" t="s">
-        <v>134</v>
+        <v>100</v>
       </c>
       <c r="F38" s="12" t="s">
-        <v>37</v>
+        <v>101</v>
       </c>
       <c r="G38" s="12" t="s">
-        <v>64</v>
+        <v>102</v>
       </c>
       <c r="H38" s="14" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="I38" s="8" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="J38" s="8" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="K38" s="5"/>
     </row>
-    <row r="39" spans="2:11" ht="96.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="39" spans="2:11" ht="96.75" customHeight="1">
       <c r="B39" s="9"/>
       <c r="C39" s="8"/>
       <c r="D39" s="8" t="s">
-        <v>22</v>
+        <v>103</v>
       </c>
       <c r="E39" s="8" t="s">
-        <v>135</v>
+        <v>104</v>
       </c>
       <c r="F39" s="12" t="s">
-        <v>39</v>
+        <v>105</v>
       </c>
       <c r="G39" s="12" t="s">
-        <v>65</v>
+        <v>106</v>
       </c>
       <c r="H39" s="14" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="I39" s="8" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="J39" s="8" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="K39" s="5"/>
     </row>
-    <row r="40" spans="2:11" ht="96.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="40" spans="2:11" ht="96.75" customHeight="1">
       <c r="B40" s="9"/>
       <c r="C40" s="8"/>
       <c r="D40" s="8" t="s">
-        <v>23</v>
+        <v>107</v>
       </c>
       <c r="E40" s="8" t="s">
-        <v>136</v>
+        <v>108</v>
       </c>
       <c r="F40" s="12" t="s">
-        <v>38</v>
+        <v>109</v>
       </c>
       <c r="G40" s="12" t="s">
-        <v>66</v>
+        <v>110</v>
       </c>
       <c r="H40" s="14" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="I40" s="8" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="J40" s="8" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="K40" s="5"/>
     </row>
-    <row r="41" spans="2:11" ht="96.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="41" spans="2:11" ht="96.75" customHeight="1">
       <c r="B41" s="9"/>
       <c r="C41" s="8"/>
       <c r="D41" s="8" t="s">
-        <v>24</v>
+        <v>111</v>
       </c>
       <c r="E41" s="8" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="F41" s="12" t="s">
-        <v>40</v>
+        <v>113</v>
       </c>
       <c r="G41" s="12" t="s">
-        <v>67</v>
+        <v>114</v>
       </c>
       <c r="H41" s="14" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="I41" s="8" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="J41" s="8" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="K41" s="5"/>
     </row>
-    <row r="42" spans="2:11" ht="96.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="42" spans="2:11" ht="96.75" customHeight="1">
       <c r="B42" s="9"/>
       <c r="C42" s="8"/>
       <c r="D42" s="8" t="s">
-        <v>25</v>
+        <v>115</v>
       </c>
       <c r="E42" s="8" t="s">
-        <v>138</v>
+        <v>116</v>
       </c>
       <c r="F42" s="12" t="s">
-        <v>41</v>
+        <v>117</v>
       </c>
       <c r="G42" s="12" t="s">
-        <v>68</v>
+        <v>118</v>
       </c>
       <c r="H42" s="14" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="I42" s="8" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="J42" s="8" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="K42" s="5"/>
     </row>
-    <row r="43" spans="2:11" ht="175.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="43" spans="2:11" ht="175.5" customHeight="1">
       <c r="B43" s="9"/>
       <c r="C43" s="8"/>
-      <c r="D43" s="44" t="s">
-        <v>159</v>
+      <c r="D43" s="8" t="s">
+        <v>119</v>
       </c>
       <c r="E43" s="8" t="s">
-        <v>139</v>
-[...5 lines deleted...]
-        <v>169</v>
+        <v>120</v>
+      </c>
+      <c r="F43" s="12" t="s">
+        <v>121</v>
+      </c>
+      <c r="G43" s="12" t="s">
+        <v>122</v>
       </c>
       <c r="H43" s="14" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="I43" s="8" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="J43" s="8" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="K43" s="5"/>
     </row>
-    <row r="44" spans="2:11" ht="153.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="44" spans="2:11" ht="153.75" customHeight="1">
       <c r="B44" s="9"/>
       <c r="C44" s="8"/>
-      <c r="D44" s="44" t="s">
-        <v>160</v>
+      <c r="D44" s="8" t="s">
+        <v>123</v>
       </c>
       <c r="E44" s="8" t="s">
-        <v>140</v>
-[...5 lines deleted...]
-        <v>170</v>
+        <v>124</v>
+      </c>
+      <c r="F44" s="12" t="s">
+        <v>125</v>
+      </c>
+      <c r="G44" s="12" t="s">
+        <v>126</v>
       </c>
       <c r="H44" s="14" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="I44" s="8" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="J44" s="8" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="K44" s="5"/>
     </row>
-    <row r="45" spans="2:11" ht="173.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="45" spans="2:11" ht="173.25" customHeight="1">
       <c r="B45" s="9"/>
       <c r="C45" s="8"/>
-      <c r="D45" s="44" t="s">
-        <v>161</v>
+      <c r="D45" s="8" t="s">
+        <v>127</v>
       </c>
       <c r="E45" s="8" t="s">
-        <v>141</v>
-[...5 lines deleted...]
-        <v>171</v>
+        <v>128</v>
+      </c>
+      <c r="F45" s="12" t="s">
+        <v>129</v>
+      </c>
+      <c r="G45" s="12" t="s">
+        <v>130</v>
       </c>
       <c r="H45" s="14" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="I45" s="8" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="J45" s="8" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="K45" s="5"/>
     </row>
-    <row r="46" spans="2:11" ht="141" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="46" spans="2:11" ht="141" customHeight="1">
       <c r="B46" s="9"/>
       <c r="C46" s="8"/>
-      <c r="D46" s="44" t="s">
-        <v>162</v>
+      <c r="D46" s="8" t="s">
+        <v>131</v>
       </c>
       <c r="E46" s="8" t="s">
-        <v>142</v>
-[...5 lines deleted...]
-        <v>172</v>
+        <v>132</v>
+      </c>
+      <c r="F46" s="12" t="s">
+        <v>133</v>
+      </c>
+      <c r="G46" s="12" t="s">
+        <v>134</v>
       </c>
       <c r="H46" s="14" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="I46" s="8" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="J46" s="8" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="K46" s="5"/>
     </row>
-    <row r="47" spans="2:11" ht="120.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="47" spans="2:11" ht="120.75" customHeight="1">
       <c r="B47" s="9"/>
       <c r="C47" s="8"/>
-      <c r="D47" s="44" t="s">
-        <v>163</v>
+      <c r="D47" s="8" t="s">
+        <v>135</v>
       </c>
       <c r="E47" s="8" t="s">
-        <v>143</v>
-[...5 lines deleted...]
-        <v>173</v>
+        <v>136</v>
+      </c>
+      <c r="F47" s="12" t="s">
+        <v>137</v>
+      </c>
+      <c r="G47" s="12" t="s">
+        <v>138</v>
       </c>
       <c r="H47" s="14" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="I47" s="8" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="J47" s="8" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="K47" s="5"/>
     </row>
-    <row r="48" spans="2:11" ht="141" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="48" spans="2:11" ht="141" customHeight="1">
       <c r="B48" s="9"/>
       <c r="C48" s="8"/>
-      <c r="D48" s="44" t="s">
-        <v>164</v>
+      <c r="D48" s="8" t="s">
+        <v>139</v>
       </c>
       <c r="E48" s="8" t="s">
-        <v>144</v>
-[...5 lines deleted...]
-        <v>174</v>
+        <v>140</v>
+      </c>
+      <c r="F48" s="12" t="s">
+        <v>141</v>
+      </c>
+      <c r="G48" s="12" t="s">
+        <v>142</v>
       </c>
       <c r="H48" s="14" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="I48" s="8" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="J48" s="8" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="K48" s="5"/>
     </row>
-    <row r="49" spans="1:11" ht="105" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:11" ht="105" customHeight="1">
       <c r="A49" s="4"/>
       <c r="B49" s="9"/>
       <c r="C49" s="8"/>
-      <c r="D49" s="44" t="s">
-        <v>177</v>
+      <c r="D49" s="8" t="s">
+        <v>143</v>
       </c>
       <c r="E49" s="8" t="s">
+        <v>144</v>
+      </c>
+      <c r="F49" s="12" t="s">
         <v>145</v>
       </c>
-      <c r="F49" s="12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G49" s="12" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>88</v>
+        <v>146</v>
+      </c>
+      <c r="H49" s="16" t="s">
+        <v>83</v>
       </c>
       <c r="I49" s="8" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="J49" s="8" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="K49" s="5"/>
     </row>
-    <row r="50" spans="1:11" ht="126.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:11" ht="126.75" customHeight="1">
       <c r="B50" s="9"/>
       <c r="C50" s="15"/>
-      <c r="D50" s="44" t="s">
-        <v>178</v>
+      <c r="D50" s="8" t="s">
+        <v>147</v>
       </c>
       <c r="E50" s="8" t="s">
-        <v>146</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>148</v>
+      </c>
+      <c r="F50" s="12" t="s">
+        <v>149</v>
       </c>
       <c r="G50" s="12" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>88</v>
+        <v>150</v>
+      </c>
+      <c r="H50" s="16" t="s">
+        <v>83</v>
       </c>
       <c r="I50" s="15" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="J50" s="15" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="K50" s="5"/>
     </row>
-    <row r="51" spans="1:11" ht="126.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:11" ht="126.75" customHeight="1">
       <c r="B51" s="9"/>
       <c r="C51" s="15"/>
-      <c r="D51" s="44" t="s">
-        <v>179</v>
+      <c r="D51" s="8" t="s">
+        <v>151</v>
       </c>
       <c r="E51" s="8" t="s">
-        <v>147</v>
-[...2 lines deleted...]
-        <v>46</v>
+        <v>152</v>
+      </c>
+      <c r="F51" s="12" t="s">
+        <v>153</v>
       </c>
       <c r="G51" s="12" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>88</v>
+        <v>154</v>
+      </c>
+      <c r="H51" s="16" t="s">
+        <v>83</v>
       </c>
       <c r="I51" s="15" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="J51" s="15" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="K51" s="5"/>
     </row>
-    <row r="52" spans="1:11" ht="126.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:11" ht="126.75" customHeight="1">
       <c r="B52" s="9"/>
       <c r="C52" s="15"/>
-      <c r="D52" s="44" t="s">
-        <v>180</v>
+      <c r="D52" s="8" t="s">
+        <v>155</v>
       </c>
       <c r="E52" s="8" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>47</v>
+        <v>156</v>
+      </c>
+      <c r="F52" s="12" t="s">
+        <v>157</v>
       </c>
       <c r="G52" s="12" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-        <v>88</v>
+        <v>158</v>
+      </c>
+      <c r="H52" s="16" t="s">
+        <v>83</v>
       </c>
       <c r="I52" s="15" t="s">
+        <v>56</v>
+      </c>
+      <c r="J52" s="15" t="s">
+        <v>56</v>
+      </c>
+      <c r="K52" s="5"/>
+    </row>
+    <row r="53" spans="1:11" ht="21" customHeight="1">
+      <c r="B53" s="25" t="s">
+        <v>159</v>
+      </c>
+      <c r="C53" s="26"/>
+      <c r="D53" s="26"/>
+      <c r="E53" s="26"/>
+      <c r="F53" s="26"/>
+      <c r="G53" s="26"/>
+      <c r="H53" s="26"/>
+      <c r="I53" s="26"/>
+      <c r="J53" s="26"/>
+      <c r="K53" s="26"/>
+    </row>
+    <row r="54" spans="1:11" ht="25.5">
+      <c r="B54" s="20"/>
+      <c r="C54" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="D54" s="10" t="s">
+        <v>3</v>
+      </c>
+      <c r="E54" s="11" t="s">
+        <v>4</v>
+      </c>
+      <c r="F54" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="G54" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="H54" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="I54" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="J54" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="J52" s="15" t="s">
-[...46 lines deleted...]
-    <row r="55" spans="1:11" ht="126.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="K54" s="21"/>
+    </row>
+    <row r="55" spans="1:11" ht="126.75" customHeight="1">
       <c r="B55" s="9"/>
       <c r="C55" s="8"/>
       <c r="D55" s="8" t="s">
-        <v>53</v>
+        <v>160</v>
       </c>
       <c r="E55" s="8" t="s">
-        <v>149</v>
-[...5 lines deleted...]
-        <v>117</v>
+        <v>161</v>
+      </c>
+      <c r="F55" s="12" t="s">
+        <v>162</v>
+      </c>
+      <c r="G55" s="12" t="s">
+        <v>163</v>
       </c>
       <c r="H55" s="14" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>164</v>
+      </c>
+      <c r="I55" s="14" t="s">
+        <v>165</v>
       </c>
       <c r="J55" s="8" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="K55" s="5"/>
     </row>
-    <row r="56" spans="1:11" ht="126.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="56" spans="1:11" ht="126.75" customHeight="1">
       <c r="B56" s="9"/>
       <c r="C56" s="8"/>
       <c r="D56" s="8" t="s">
-        <v>54</v>
+        <v>166</v>
       </c>
       <c r="E56" s="8" t="s">
-        <v>150</v>
-[...5 lines deleted...]
-        <v>119</v>
+        <v>167</v>
+      </c>
+      <c r="F56" s="18" t="s">
+        <v>168</v>
+      </c>
+      <c r="G56" s="18" t="s">
+        <v>169</v>
       </c>
       <c r="H56" s="14" t="s">
-        <v>90</v>
+        <v>164</v>
       </c>
       <c r="I56" s="8" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="J56" s="8" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="K56" s="5"/>
     </row>
-    <row r="57" spans="1:11" ht="126.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="57" spans="1:11" ht="126.75" customHeight="1">
       <c r="B57" s="9"/>
       <c r="C57" s="8"/>
       <c r="D57" s="8" t="s">
-        <v>55</v>
+        <v>170</v>
       </c>
       <c r="E57" s="8" t="s">
-        <v>151</v>
-[...5 lines deleted...]
-        <v>121</v>
+        <v>171</v>
+      </c>
+      <c r="F57" s="18" t="s">
+        <v>172</v>
+      </c>
+      <c r="G57" s="18" t="s">
+        <v>173</v>
       </c>
       <c r="H57" s="14" t="s">
-        <v>90</v>
+        <v>164</v>
       </c>
       <c r="I57" s="8" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="J57" s="8" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="K57" s="5"/>
     </row>
-    <row r="58" spans="1:11" ht="126.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="58" spans="1:11" ht="126.75" customHeight="1">
       <c r="B58" s="9"/>
       <c r="C58" s="8"/>
       <c r="D58" s="8" t="s">
-        <v>56</v>
+        <v>174</v>
       </c>
       <c r="E58" s="8" t="s">
-        <v>152</v>
-[...5 lines deleted...]
-        <v>123</v>
+        <v>175</v>
+      </c>
+      <c r="F58" s="18" t="s">
+        <v>176</v>
+      </c>
+      <c r="G58" s="18" t="s">
+        <v>177</v>
       </c>
       <c r="H58" s="14" t="s">
-        <v>90</v>
+        <v>164</v>
       </c>
       <c r="I58" s="8" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="J58" s="8" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="K58" s="5"/>
     </row>
-    <row r="59" spans="1:11" ht="105" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="59" spans="1:11" ht="126.75" customHeight="1">
       <c r="B59" s="9"/>
       <c r="C59" s="8"/>
       <c r="D59" s="8" t="s">
-        <v>57</v>
+        <v>178</v>
       </c>
       <c r="E59" s="8" t="s">
-        <v>153</v>
-[...5 lines deleted...]
-        <v>74</v>
+        <v>179</v>
+      </c>
+      <c r="F59" s="18" t="s">
+        <v>180</v>
+      </c>
+      <c r="G59" s="18" t="s">
+        <v>181</v>
       </c>
       <c r="H59" s="14" t="s">
-        <v>90</v>
+        <v>164</v>
       </c>
       <c r="I59" s="8" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="J59" s="8" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="K59" s="5"/>
     </row>
-    <row r="60" spans="1:11" ht="16.899999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A60" s="4"/>
+    <row r="60" spans="1:11" ht="105" customHeight="1">
       <c r="B60" s="9"/>
       <c r="C60" s="8"/>
-      <c r="D60" s="8"/>
-[...5 lines deleted...]
-      <c r="J60" s="8"/>
+      <c r="D60" s="8" t="s">
+        <v>182</v>
+      </c>
+      <c r="E60" s="8" t="s">
+        <v>183</v>
+      </c>
+      <c r="F60" s="12" t="s">
+        <v>184</v>
+      </c>
+      <c r="G60" s="12" t="s">
+        <v>185</v>
+      </c>
+      <c r="H60" s="14" t="s">
+        <v>164</v>
+      </c>
+      <c r="I60" s="8" t="s">
+        <v>56</v>
+      </c>
+      <c r="J60" s="8" t="s">
+        <v>56</v>
+      </c>
       <c r="K60" s="5"/>
     </row>
-    <row r="61" spans="1:11" ht="16.899999999999999" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="61" spans="1:11" ht="16.899999999999999" customHeight="1">
       <c r="A61" s="4"/>
-      <c r="B61" s="5"/>
-[...7 lines deleted...]
-      <c r="J61" s="5"/>
+      <c r="B61" s="9"/>
+      <c r="C61" s="8"/>
+      <c r="D61" s="8"/>
+      <c r="E61" s="8"/>
+      <c r="F61" s="12"/>
+      <c r="G61" s="12"/>
+      <c r="H61" s="14"/>
+      <c r="I61" s="8"/>
+      <c r="J61" s="8"/>
       <c r="K61" s="5"/>
     </row>
-    <row r="62" spans="1:11" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="62" spans="1:11" ht="16.899999999999999" customHeight="1">
       <c r="A62" s="4"/>
-    </row>
-    <row r="63" spans="1:11" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B62" s="5"/>
+      <c r="C62" s="5"/>
+      <c r="D62" s="5"/>
+      <c r="E62" s="5"/>
+      <c r="F62" s="5"/>
+      <c r="G62" s="5"/>
+      <c r="H62" s="5"/>
+      <c r="I62" s="5"/>
+      <c r="J62" s="5"/>
+      <c r="K62" s="5"/>
+    </row>
+    <row r="63" spans="1:11" ht="16.899999999999999" hidden="1" customHeight="1">
       <c r="A63" s="4"/>
     </row>
-    <row r="64" spans="1:11" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="64" spans="1:11" ht="16.899999999999999" hidden="1" customHeight="1">
       <c r="A64" s="4"/>
     </row>
-    <row r="65" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="65" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1">
       <c r="A65" s="4"/>
     </row>
-    <row r="66" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="66" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1">
       <c r="A66" s="4"/>
     </row>
-    <row r="67" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="67" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1">
       <c r="A67" s="4"/>
     </row>
-    <row r="68" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="68" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1">
       <c r="A68" s="4"/>
     </row>
-    <row r="69" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="69" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1">
       <c r="A69" s="4"/>
     </row>
-    <row r="70" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="70" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1">
       <c r="A70" s="4"/>
     </row>
-    <row r="71" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="71" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1">
       <c r="A71" s="4"/>
     </row>
-    <row r="72" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="72" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1">
       <c r="A72" s="4"/>
     </row>
-    <row r="73" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="73" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1">
       <c r="A73" s="4"/>
     </row>
-    <row r="74" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="74" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1">
       <c r="A74" s="4"/>
     </row>
-    <row r="75" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="75" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1">
       <c r="A75" s="4"/>
     </row>
-    <row r="76" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="76" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1">
       <c r="A76" s="4"/>
     </row>
-    <row r="77" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="77" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1">
       <c r="A77" s="4"/>
     </row>
-    <row r="78" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="78" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1">
       <c r="A78" s="4"/>
     </row>
-    <row r="79" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="79" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1">
       <c r="A79" s="4"/>
     </row>
-    <row r="80" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="80" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1">
       <c r="A80" s="4"/>
     </row>
-    <row r="81" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="81" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1">
       <c r="A81" s="4"/>
     </row>
-    <row r="82" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="82" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1">
       <c r="A82" s="4"/>
     </row>
-    <row r="83" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="83" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1">
       <c r="A83" s="4"/>
     </row>
-    <row r="84" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="84" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1">
       <c r="A84" s="4"/>
     </row>
-    <row r="85" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="85" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1">
       <c r="A85" s="4"/>
     </row>
-    <row r="86" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="86" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1">
       <c r="A86" s="4"/>
     </row>
-    <row r="87" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="87" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1">
       <c r="A87" s="4"/>
     </row>
-    <row r="88" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="88" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1">
       <c r="A88" s="4"/>
     </row>
-    <row r="89" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="89" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1">
       <c r="A89" s="4"/>
     </row>
-    <row r="90" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="90" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1">
       <c r="A90" s="4"/>
     </row>
-    <row r="91" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="91" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1">
       <c r="A91" s="4"/>
     </row>
-    <row r="92" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="92" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1">
       <c r="A92" s="4"/>
     </row>
-    <row r="93" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="93" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1">
       <c r="A93" s="4"/>
     </row>
-    <row r="94" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="94" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1">
       <c r="A94" s="4"/>
     </row>
-    <row r="95" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="95" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1">
       <c r="A95" s="4"/>
     </row>
-    <row r="96" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="96" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1">
       <c r="A96" s="4"/>
     </row>
-    <row r="97" spans="1:10" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="97" spans="1:10" ht="16.899999999999999" hidden="1" customHeight="1">
       <c r="A97" s="4"/>
     </row>
-    <row r="98" spans="1:10" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="98" spans="1:10" ht="16.899999999999999" hidden="1" customHeight="1">
       <c r="A98" s="4"/>
     </row>
-    <row r="99" spans="1:10" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="99" spans="1:10" ht="16.899999999999999" hidden="1" customHeight="1">
       <c r="A99" s="4"/>
     </row>
-    <row r="100" spans="1:10" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="100" spans="1:10" ht="16.899999999999999" hidden="1" customHeight="1">
       <c r="A100" s="4"/>
     </row>
-    <row r="101" spans="1:10" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="101" spans="1:10" ht="16.899999999999999" hidden="1" customHeight="1">
       <c r="A101" s="4"/>
     </row>
-    <row r="102" spans="1:10" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="102" spans="1:10" ht="16.899999999999999" hidden="1" customHeight="1">
       <c r="A102" s="4"/>
     </row>
-    <row r="103" spans="1:10" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="103" spans="1:10" ht="16.899999999999999" hidden="1" customHeight="1">
       <c r="A103" s="4"/>
     </row>
-    <row r="104" spans="1:10" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="104" spans="1:10" ht="16.899999999999999" hidden="1" customHeight="1">
       <c r="A104" s="4"/>
     </row>
-    <row r="105" spans="1:10" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="105" spans="1:10" ht="16.899999999999999" hidden="1" customHeight="1">
       <c r="A105" s="4"/>
     </row>
-    <row r="106" spans="1:10" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="106" spans="1:10" ht="16.899999999999999" hidden="1" customHeight="1">
       <c r="A106" s="4"/>
     </row>
-    <row r="107" spans="1:10" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="107" spans="1:10" ht="16.899999999999999" hidden="1" customHeight="1">
       <c r="A107" s="4"/>
     </row>
-    <row r="108" spans="1:10" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="108" spans="1:10" ht="16.899999999999999" hidden="1" customHeight="1">
       <c r="A108" s="4"/>
-      <c r="D108" s="2"/>
-[...7 lines deleted...]
-    <row r="109" spans="1:10" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="109" spans="1:10" ht="16.899999999999999" hidden="1" customHeight="1">
       <c r="A109" s="4"/>
-    </row>
-    <row r="110" spans="1:10" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="D109" s="2"/>
+      <c r="E109" s="3"/>
+      <c r="F109" s="3"/>
+      <c r="G109" s="3"/>
+      <c r="H109" s="3"/>
+      <c r="I109" s="3"/>
+      <c r="J109" s="3"/>
+    </row>
+    <row r="110" spans="1:10" ht="16.899999999999999" hidden="1" customHeight="1">
       <c r="A110" s="4"/>
     </row>
-    <row r="111" spans="1:10" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="111" spans="1:10" ht="16.899999999999999" hidden="1" customHeight="1">
       <c r="A111" s="4"/>
     </row>
-    <row r="112" spans="1:10" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="112" spans="1:10" ht="16.899999999999999" hidden="1" customHeight="1">
       <c r="A112" s="4"/>
     </row>
-    <row r="113" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="113" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1">
       <c r="A113" s="4"/>
     </row>
-    <row r="114" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="114" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1">
       <c r="A114" s="4"/>
     </row>
-    <row r="115" spans="1:1" ht="24" hidden="1" customHeight="1" x14ac:dyDescent="0.2"/>
-[...85 lines deleted...]
-    <row r="589" x14ac:dyDescent="0.2"/>
+    <row r="115" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1">
+      <c r="A115" s="4"/>
+    </row>
+    <row r="116" spans="1:1" ht="24" hidden="1" customHeight="1"/>
+    <row r="117" spans="1:1"/>
+    <row r="118" spans="1:1"/>
+    <row r="119" spans="1:1"/>
+    <row r="120" spans="1:1"/>
+    <row r="121" spans="1:1"/>
+    <row r="122" spans="1:1"/>
+    <row r="123" spans="1:1"/>
+    <row r="124" spans="1:1"/>
+    <row r="125" spans="1:1"/>
+    <row r="126" spans="1:1"/>
+    <row r="127" spans="1:1"/>
+    <row r="128" spans="1:1"/>
+    <row r="129"/>
+    <row r="130"/>
+    <row r="131"/>
+    <row r="132"/>
+    <row r="133"/>
+    <row r="134"/>
+    <row r="135"/>
+    <row r="143"/>
+    <row r="144"/>
+    <row r="145"/>
+    <row r="146"/>
+    <row r="147"/>
+    <row r="148"/>
+    <row r="497"/>
+    <row r="498"/>
+    <row r="513"/>
+    <row r="514"/>
+    <row r="515"/>
+    <row r="516"/>
+    <row r="517"/>
+    <row r="518"/>
+    <row r="519"/>
+    <row r="529"/>
+    <row r="530"/>
+    <row r="531"/>
+    <row r="532"/>
+    <row r="533"/>
+    <row r="534"/>
+    <row r="535"/>
+    <row r="536"/>
+    <row r="537"/>
+    <row r="538"/>
+    <row r="544"/>
+    <row r="545"/>
+    <row r="546"/>
+    <row r="547"/>
+    <row r="548"/>
+    <row r="549"/>
+    <row r="550"/>
+    <row r="551"/>
+    <row r="552"/>
+    <row r="553"/>
+    <row r="554"/>
+    <row r="559"/>
+    <row r="560"/>
+    <row r="561"/>
+    <row r="562"/>
+    <row r="563"/>
+    <row r="564"/>
+    <row r="565"/>
+    <row r="566"/>
+    <row r="567"/>
+    <row r="568"/>
+    <row r="569"/>
+    <row r="570"/>
+    <row r="571"/>
+    <row r="572"/>
+    <row r="573"/>
+    <row r="574"/>
+    <row r="575"/>
+    <row r="576"/>
+    <row r="577"/>
+    <row r="578"/>
+    <row r="579"/>
+    <row r="580"/>
+    <row r="581"/>
+    <row r="582"/>
+    <row r="583"/>
+    <row r="584"/>
+    <row r="585"/>
+    <row r="586"/>
+    <row r="587"/>
+    <row r="588"/>
+    <row r="589"/>
+    <row r="590"/>
   </sheetData>
   <mergeCells count="42">
+    <mergeCell ref="H14:H16"/>
+    <mergeCell ref="I5:I8"/>
+    <mergeCell ref="J5:J8"/>
+    <mergeCell ref="C9:C12"/>
+    <mergeCell ref="D9:D12"/>
+    <mergeCell ref="E9:E12"/>
+    <mergeCell ref="F9:F12"/>
+    <mergeCell ref="G9:G12"/>
+    <mergeCell ref="I9:I12"/>
+    <mergeCell ref="J9:J12"/>
+    <mergeCell ref="B53:K53"/>
+    <mergeCell ref="C13:C16"/>
+    <mergeCell ref="D13:D16"/>
+    <mergeCell ref="E13:E16"/>
+    <mergeCell ref="F13:F16"/>
+    <mergeCell ref="G13:G16"/>
+    <mergeCell ref="I13:I16"/>
+    <mergeCell ref="J13:J16"/>
+    <mergeCell ref="C17:C19"/>
+    <mergeCell ref="D17:D19"/>
+    <mergeCell ref="E17:E19"/>
+    <mergeCell ref="F17:F19"/>
+    <mergeCell ref="G17:G19"/>
+    <mergeCell ref="J17:J19"/>
+    <mergeCell ref="I17:I19"/>
+    <mergeCell ref="I20:I22"/>
     <mergeCell ref="B13:B20"/>
     <mergeCell ref="C2:J2"/>
     <mergeCell ref="B32:K32"/>
     <mergeCell ref="B3:K3"/>
     <mergeCell ref="B26:K26"/>
     <mergeCell ref="J20:J22"/>
     <mergeCell ref="C20:C22"/>
     <mergeCell ref="D20:D22"/>
     <mergeCell ref="E20:E22"/>
     <mergeCell ref="F20:F22"/>
     <mergeCell ref="G20:G22"/>
     <mergeCell ref="C5:C8"/>
     <mergeCell ref="D5:D8"/>
     <mergeCell ref="E5:E8"/>
     <mergeCell ref="F5:F8"/>
     <mergeCell ref="G5:G8"/>
-    <mergeCell ref="B53:K53"/>
-[...24 lines deleted...]
-    <mergeCell ref="J9:J12"/>
   </mergeCells>
   <phoneticPr fontId="1" type="noConversion"/>
   <dataValidations count="2">
-    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Length Exceeded" error="This value must be less than or equal to 2000 characters long." promptTitle="Text" prompt="Maximum Length: 2000 characters." sqref="F20:G20 F34:G52 F55:G60 F25:G25 F9:G9 F17:G17 F5:G5 F13:G13 F28:G31" xr:uid="{2FA6B964-D986-4DF7-BAA8-382838D5D59B}">
+    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Length Exceeded" error="This value must be less than or equal to 2000 characters long." promptTitle="Text" prompt="Maximum Length: 2000 characters." sqref="F20:G20 F34:G52 F28:G31 F25:G25 F9:G9 F17:G17 F5:G5 F13:G13 F55:G61" xr:uid="{2FA6B964-D986-4DF7-BAA8-382838D5D59B}">
       <formula1>2000</formula1>
     </dataValidation>
     <dataValidation type="textLength" operator="lessThanOrEqual" showInputMessage="1" showErrorMessage="1" errorTitle="Length Exceeded" error="This value must be less than or equal to 100 characters long." promptTitle="Text (required)" prompt="Maximum Length: 100 characters." sqref="E50:E52" xr:uid="{AAD2AD64-70EC-4CA7-9675-08BBD30B57A2}">
       <formula1>100</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="I17" r:id="rId1" display="Check this folder for HMP400 technical specificaions" xr:uid="{E8FC63CA-6918-484D-90F7-AA96AA7081FA}"/>
     <hyperlink ref="H13" r:id="rId2" xr:uid="{5173EAC4-D549-4386-8B4F-19C2767F3D3D}"/>
     <hyperlink ref="H14" r:id="rId3" display="Click here for iBX410 images" xr:uid="{5B5E4CA1-D4FC-42BD-8775-3DAF17F8BFB2}"/>
     <hyperlink ref="I13:I16" r:id="rId4" display="Cliquez ici pour les spécifications techniques du iBX410" xr:uid="{038ED476-E1B1-4810-A794-91354CDA2198}"/>
     <hyperlink ref="H17" r:id="rId5" xr:uid="{42F564E3-535A-4FFE-8123-A130185E40B1}"/>
     <hyperlink ref="H19" r:id="rId6" display="Click here for HMP400 getting-started video" xr:uid="{66CCF7C5-C2BA-4047-819B-7C152DEF36D0}"/>
     <hyperlink ref="H18" r:id="rId7" display="Click here for HMP400 product images" xr:uid="{A2808AFC-17FC-4AD7-B289-AFA7373B4BAA}"/>
     <hyperlink ref="I17:I19" r:id="rId8" display="Cliquez ici pour les spécifications techniques du HMP400" xr:uid="{F469CA04-B386-4A33-8A64-073EF89F37AF}"/>
     <hyperlink ref="I20" r:id="rId9" display="Check this folder for HMP400 technical specificaions" xr:uid="{98614EA7-BCDB-43B9-BE5F-F1646C41C89C}"/>
     <hyperlink ref="I20:I22" r:id="rId10" display="Cliquez ici pour les spécifications techniques du HMP400" xr:uid="{A3C1FC1F-A68C-4CD3-A9F7-C6D589C1FCFD}"/>
     <hyperlink ref="H20" r:id="rId11" display="Cliquez ici pour la page web du player HMP400" xr:uid="{4423F0F7-BBDE-4618-9F28-DD7E0532B07A}"/>
     <hyperlink ref="H22" r:id="rId12" xr:uid="{E5902D28-9E70-4DBE-A54C-C0F645D5A6C1}"/>
     <hyperlink ref="H21" r:id="rId13" display="Click here for HMP400 product images" xr:uid="{F8315118-3A99-48D7-9A8A-4B58E193BED0}"/>
     <hyperlink ref="H25" r:id="rId14" display="Check this folder for warranty image." xr:uid="{397FC5DD-4C1E-4D2A-BE2C-E7BAEC355968}"/>
     <hyperlink ref="H24" r:id="rId15" display="Check this folder for warranty image." xr:uid="{FEA3FF2F-3FC9-4032-A444-41CBBB08EDFD}"/>
     <hyperlink ref="H28" r:id="rId16" display="Check this folder for power supply images" xr:uid="{62CD8C09-A105-4339-A152-8BC8CCC91EED}"/>
     <hyperlink ref="H29" r:id="rId17" display="Check this folder for cable image" xr:uid="{D48E583F-B321-48C8-AE9E-245127699110}"/>
     <hyperlink ref="H49" r:id="rId18" display="Check this folder for  SpinetiX ARYA-related images." xr:uid="{9C49E39B-EFFB-4F86-8D29-7C004258F719}"/>
     <hyperlink ref="H43" r:id="rId19" display="Check this folder for DSOS-related images." xr:uid="{34CDA603-804A-45A0-82D1-F36D825FDE9B}"/>
     <hyperlink ref="H37" r:id="rId20" display="Check this folder for Elementi Update Plan images." xr:uid="{5ABD389F-6EA9-4A70-9AD4-24C9460071A3}"/>
     <hyperlink ref="H34" r:id="rId21" display="Check this folder for Elementi images." xr:uid="{240564F6-5C28-40AB-A100-CCEFF7920EA9}"/>
     <hyperlink ref="H35" r:id="rId22" display="Check this folder for Elementi images." xr:uid="{8E98155B-BE60-4F66-92EE-8E416462CC82}"/>
     <hyperlink ref="H36" r:id="rId23" display="Check this folder for Elementi images." xr:uid="{30ECE419-B834-4699-934E-C4CE266FB855}"/>
     <hyperlink ref="H38" r:id="rId24" display="Check this folder for Elementi Update Plan images." xr:uid="{866E609D-F2AF-440D-B82D-AF09B139D35C}"/>
     <hyperlink ref="H39" r:id="rId25" display="Check this folder for Elementi Update Plan images." xr:uid="{2F998DF0-A30B-4515-9449-847C27D9887D}"/>
     <hyperlink ref="H40" r:id="rId26" display="Check this folder for Elementi Update Plan images." xr:uid="{0DA3B0A2-4A02-4383-8D11-BA3AEFC60B36}"/>
     <hyperlink ref="H41" r:id="rId27" display="Check this folder for Elementi Update Plan images." xr:uid="{9AB45C5F-42DA-4AF9-950C-4F7E924D50AF}"/>
     <hyperlink ref="H42" r:id="rId28" display="Check this folder for Elementi Update Plan images." xr:uid="{27C6B371-A078-4FAB-B8FA-CCB8809ACF81}"/>
     <hyperlink ref="H44" r:id="rId29" display="Check this folder for DSOS-related images." xr:uid="{117D6436-00DD-4B2B-BEB5-651A7A70E33F}"/>
     <hyperlink ref="H45" r:id="rId30" display="Check this folder for DSOS-related images." xr:uid="{1C603E25-9B3F-4834-9F41-314B58A2CAB5}"/>
     <hyperlink ref="H46" r:id="rId31" display="Check this folder for DSOS-related images." xr:uid="{0B531E83-5590-4996-80E2-7B61378E3D6F}"/>
     <hyperlink ref="H47" r:id="rId32" display="Check this folder for DSOS-related images." xr:uid="{9D0D189A-D89C-4A2F-A9AB-524339043413}"/>
     <hyperlink ref="H48" r:id="rId33" display="Check this folder for DSOS-related images." xr:uid="{A91026BB-0086-4BDF-91C1-8FDCE49D5F1F}"/>
     <hyperlink ref="H50" r:id="rId34" display="Check this folder for  SpinetiX ARYA-related images." xr:uid="{8D76C77C-5A32-4155-BC55-F92A8DE5531E}"/>
     <hyperlink ref="H51" r:id="rId35" display="Check this folder for  SpinetiX ARYA-related images." xr:uid="{7D9B2FE1-BDD6-4AEF-A59E-68DCD7251DF5}"/>
     <hyperlink ref="H52" r:id="rId36" display="Check this folder for  SpinetiX ARYA-related images." xr:uid="{7484AC41-CE3E-4DB0-850B-78F551040CBA}"/>
     <hyperlink ref="H55" r:id="rId37" display="Check this folder for Service-related image." xr:uid="{90D3D065-BF66-471C-B0A3-3321E0E5E260}"/>
-    <hyperlink ref="H56" r:id="rId38" display="Check this folder for Service-related image." xr:uid="{A46216D6-C83F-47E4-9766-3BE1DEABAECA}"/>
-[...2 lines deleted...]
-    <hyperlink ref="H59" r:id="rId41" display="Check this folder for Service-related image." xr:uid="{5358F8D4-107D-458D-A3BF-3B6AFD235E2D}"/>
+    <hyperlink ref="H57" r:id="rId38" display="Check this folder for Service-related image." xr:uid="{A46216D6-C83F-47E4-9766-3BE1DEABAECA}"/>
+    <hyperlink ref="H58" r:id="rId39" display="Check this folder for Service-related image." xr:uid="{F01EEE47-09C0-4AA0-A4C2-0F3ADC2E732F}"/>
+    <hyperlink ref="H59" r:id="rId40" display="Check this folder for Service-related image." xr:uid="{94371E68-751D-422B-902C-02D0B2996EEA}"/>
+    <hyperlink ref="H60" r:id="rId41" display="Check this folder for Service-related image." xr:uid="{5358F8D4-107D-458D-A3BF-3B6AFD235E2D}"/>
     <hyperlink ref="H5" r:id="rId42" xr:uid="{E8DB4D9F-138F-44BE-9F4D-AC09A5A9D8E1}"/>
     <hyperlink ref="H6" r:id="rId43" xr:uid="{3743A013-AE61-43D9-A550-F53F01796E26}"/>
     <hyperlink ref="I5:I8" r:id="rId44" display="Cliquez ici pour les spécifications techniques du iBX440" xr:uid="{CF4357A3-A551-469D-BCA0-83DCB75EE5FF}"/>
     <hyperlink ref="H7" r:id="rId45" xr:uid="{D6B39194-EDFD-4650-811B-C2DB5BC41132}"/>
     <hyperlink ref="H9" r:id="rId46" display="Cliquez ici pour la page du produit iBX410" xr:uid="{8A3B76DA-6C6E-49CC-A5C7-D0788D0C4519}"/>
     <hyperlink ref="H10" r:id="rId47" display="Click here for iBX410 images" xr:uid="{F1DBCC42-86A2-4031-AB0A-E0E9C0EABE90}"/>
     <hyperlink ref="H12" r:id="rId48" xr:uid="{EE29700C-7DB3-4861-A06C-A76290487528}"/>
     <hyperlink ref="I9:I12" r:id="rId49" display="Cliquez ici pour les spécifications techniques du iBX410" xr:uid="{E0F0DD02-A5AF-402A-8574-C4879F595984}"/>
     <hyperlink ref="H11" r:id="rId50" xr:uid="{4CC95AE6-9EA8-41BC-B14E-F89E0FF4D454}"/>
     <hyperlink ref="H23" r:id="rId51" display="Check this folder for warranty image." xr:uid="{6F54F32D-78E1-4374-BFB4-F90045CC6DA9}"/>
     <hyperlink ref="H30" r:id="rId52" display="Check this folder for cable image" xr:uid="{2E38B151-0C2D-40E2-881A-A37138FC209C}"/>
+    <hyperlink ref="H56" r:id="rId53" display="Check this folder for Service-related image." xr:uid="{9254530A-C1BD-4491-93B6-41DD1FDC72C2}"/>
+    <hyperlink ref="I55" r:id="rId54" xr:uid="{D583DE73-7617-446D-8EE0-FA3DC7879435}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.11811023622047245" right="0.11811023622047245" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="44" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId53"/>
-  <drawing r:id="rId54"/>
+  <pageSetup paperSize="9" scale="44" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId55"/>
+  <drawing r:id="rId56"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-[...21 lines deleted...]
-</p:properties>
+<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < W o r k b o o k S t a t e   x m l n s : i = " h t t p : / / w w w . w 3 . o r g / 2 0 0 1 / X M L S c h e m a - i n s t a n c e "   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / P o w e r B I A d d I n " > < L a s t P r o v i d e d R a n g e N a m e I d > 0 < / L a s t P r o v i d e d R a n g e N a m e I d > < L a s t U s e d G r o u p O b j e c t I d > < / L a s t U s e d G r o u p O b j e c t I d > < T i l e s L i s t > < T i l e s / > < / T i l e s L i s t > < / W o r k b o o k S t a t e > 
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101002DC48F20D6789B4883B9B16C704719FA" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="583c1eb5a0c21535cae788b7f1263985">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="80be8bc2-2dd2-4778-a2bd-887f1523b063" xmlns:ns3="c313f6ba-59b7-4500-a26a-414d5d09073f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b4eff0a363a42d30f652ff17fe0524c7" ns1:_="" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101002DC48F20D6789B4883B9B16C704719FA" ma:contentTypeVersion="21" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ffd63ce0a7b25e305b1baef417825bd5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="80be8bc2-2dd2-4778-a2bd-887f1523b063" xmlns:ns3="c313f6ba-59b7-4500-a26a-414d5d09073f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6bd7156cf5501b79dc3f049fb7ba42fa" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="80be8bc2-2dd2-4778-a2bd-887f1523b063"/>
     <xsd:import namespace="c313f6ba-59b7-4500-a26a-414d5d09073f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="20" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="21" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="80be8bc2-2dd2-4778-a2bd-887f1523b063" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="8" nillable="true" ma:displayName="Shared With" ma:description="" ma:internalName="SharedWithUsers" ma:readOnly="true">
@@ -5092,50 +5151,55 @@
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="22" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="24" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="2f2cfe87-d3b6-4286-bc60-0ccf157bfecb" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="26" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="27" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="28" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
@@ -5192,128 +5256,97 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-<file path=customXml/item4.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < W o r k b o o k S t a t e   x m l n s : i = " h t t p : / / w w w . w 3 . o r g / 2 0 0 1 / X M L S c h e m a - i n s t a n c e "   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / P o w e r B I A d d I n " > < L a s t P r o v i d e d R a n g e N a m e I d > 0 < / L a s t P r o v i d e d R a n g e N a m e I d > < L a s t U s e d G r o u p O b j e c t I d > < / L a s t U s e d G r o u p O b j e c t I d > < T i l e s L i s t > < T i l e s / > < / T i l e s L i s t > < / W o r k b o o k S t a t e > 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <SharedWithUsers xmlns="80be8bc2-2dd2-4778-a2bd-887f1523b063">
+      <UserInfo>
+        <DisplayName>Romain Marchand</DisplayName>
+        <AccountId>191</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Yulia Goumoens</DisplayName>
+        <AccountId>101</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <TaxCatchAll xmlns="80be8bc2-2dd2-4778-a2bd-887f1523b063" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="c313f6ba-59b7-4500-a26a-414d5d09073f">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D80AC49F-603C-4A13-B4AF-79C9EB2BAFAD}">
-[...7 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{037E19E2-3207-4A26-A350-924D82A473CA}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ABC767C3-8A35-4307-BAD8-3C1D0C2E083E}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B159B384-6B34-4BBE-BFF8-DBB7EB33C85D}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B159B384-6B34-4BBE-BFF8-DBB7EB33C85D}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{14EE00B2-9E28-4E24-B165-FEF9470658D3}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{037E19E2-3207-4A26-A350-924D82A473CA}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D80AC49F-603C-4A13-B4AF-79C9EB2BAFAD}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
-[...24 lines deleted...]
-  </TitlesOfParts>
+  <Application>Microsoft Excel Online</Application>
   <Manager/>
   <Company>SpinetiX</Company>
-  <LinksUpToDate>false</LinksUpToDate>
-  <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
-  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>SpinetiX Sell-Out Report</dc:title>
   <dc:subject>SpinetiX Sell-Out Report</dc:subject>
   <dc:creator>Serge.Konter@spinetix.com</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101002DC48F20D6789B4883B9B16C704719FA</vt:lpwstr>
   </property>