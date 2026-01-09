--- v0 (2025-10-10)
+++ v1 (2026-01-09)
@@ -6,91 +6,91 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://spinetix.sharepoint.com/sites/marketingchannelmanagementgroup/Documents partages/Public/Marketing/2. Product Catalogue/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://spinetix.sharepoint.com/sites/marketingchannelmanagementgroup/Documents partages/CHANNEL/10 - SpinetiX Partner Web Kit/2. Catalogue Pages with Product Descriptions/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="81" documentId="13_ncr:1_{F35EA70E-93D0-45D3-A027-A8ED8DAB277C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{132E9073-9404-4BFE-B6C0-45EAB18E2B4C}"/>
+  <xr:revisionPtr revIDLastSave="111" documentId="13_ncr:1_{F35EA70E-93D0-45D3-A027-A8ED8DAB277C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{84664B83-70BA-4624-BF30-5D224055BB51}"/>
   <bookViews>
-    <workbookView xWindow="1560" yWindow="14304" windowWidth="22056" windowHeight="13152" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Product details" sheetId="3" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
   </externalReferences>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'Product details'!$A$1:$A$117</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Product details'!$1:$2</definedName>
     <definedName name="t_POW_Options" localSheetId="0">[1]!PowerOptions[Power Options]</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Product details'!$A$1:$A$118</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="297" uniqueCount="181">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="304" uniqueCount="186">
   <si>
     <t>NAME</t>
   </si>
   <si>
     <t>SPINETIX SKU</t>
   </si>
   <si>
     <t>UPC</t>
   </si>
   <si>
     <t>HMP400</t>
   </si>
   <si>
     <t>SX-HW-HMP400</t>
   </si>
   <si>
     <t xml:space="preserve">7629999762350
 </t>
   </si>
   <si>
     <t>HMP400W</t>
   </si>
   <si>
     <t>SX-HW-HMP400W</t>
   </si>
@@ -220,53 +220,50 @@
     <t xml:space="preserve">Ein Jahresabonnement für einen kompatiblen Player für den Zugriff auf Enterprise-Funktionen innerhalb der Cloud-basierten Anwendung SpinetiX ARYA. Das Abonnement ist jährlich zu erneuern, damit die Enterprise-Funktionen in SpinetiX ARYA gewahrt bleiben.  </t>
   </si>
   <si>
     <t>iBX410</t>
   </si>
   <si>
     <t>SX-HW-IBX410</t>
   </si>
   <si>
     <t>Abonnement zur Aktivierung des SpinetiX ARYA Enterprise Plan sowie der WIDGETS-Funktionen in einem bestimmten Konto. Die Abonnementgebühr wird nach Kontokapazität und Dauer des Abonnements berechnet. Die Kontokapazität ist die maximale Anzahl von Spielern, die mit dem SpinetiX ARYA-Konto gekoppelt werden können. Die Mindestdauer des Abonnements beträgt 12 Monate. Das Abonnement verlängert sich automatisch um 12 Monate, es sei denn, SpinetiX wird vor Ablauf des aktuellen Abonnementzeitraums schriftlich darüber informiert. Entdecken Sie alle Vorteile dieses Plans unter: https://www.spinetix.com/arya</t>
   </si>
   <si>
     <t>Abonnement zur Aktivierung des SpinetiX ARYA Enterprise Plan sowie der KIOSK-Funktionen in einem bestimmten Konto. Die Abonnementgebühr wird nach Kontokapazität und Dauer des Abonnements berechnet. Die Kontokapazität ist die maximale Anzahl von Spielern, die mit dem SpinetiX ARYA-Konto gekoppelt werden können. Die Mindestdauer des Abonnements beträgt 12 Monate. Das Abonnement verlängert sich automatisch um 12 Monate, es sei denn, SpinetiX wird vor Ablauf des aktuellen Abonnementzeitraums schriftlich darüber informiert. Entdecken Sie alle Vorteile dieses Plans unter: https://www.spinetix.com/arya</t>
   </si>
   <si>
     <t>Abonnement zur Aktivierung des SpinetiX ARYA Enterprise Plan sowie der SYSTEMS-Funktionen in einem bestimmten Konto. Die Abonnementgebühr wird nach Kontokapazität und Dauer des Abonnements berechnet. Die Kontokapazität ist die maximale Anzahl von Spielern, die mit dem SpinetiX ARYA-Konto gekoppelt werden können. Die Mindestdauer des Abonnements beträgt 12 Monate. Das Abonnement verlängert sich automatisch um 12 Monate, es sei denn, SpinetiX wird vor Ablauf des aktuellen Abonnementzeitraums schriftlich darüber informiert. Entdecken Sie alle Vorteile dieses Plans unter: https://www.spinetix.com/arya</t>
   </si>
   <si>
     <t>ARYA - Batch Setup</t>
   </si>
   <si>
     <t>ARYA - Custom Aspect Ratio Setup</t>
   </si>
   <si>
     <t>ARYA - Onboarding Training</t>
-  </si>
-[...1 lines deleted...]
-    <t>Product: ARYA - SSO Activation</t>
   </si>
   <si>
     <t>Elementi - Web Page Configuration</t>
   </si>
   <si>
     <t>DIENSTLEISTUNGEN</t>
   </si>
   <si>
     <t>Konfiguration der Elementi-Webseitenschicht durch die Experten von SpinetiX, um automatisch die Authentifizierungsschritte durchzuführen, die für die Anzeige von Inhalten mit Hilfe eines speziell geschriebenen Webrobot-Skripts erforderlich sind. Dieser Service wird gemäß den Allgemeinen Verkaufsbedingungen von SpinetiX geliefert. Für weitere Einzelheiten: https://www.spinetix.com/legal</t>
   </si>
   <si>
     <t>AUSFÜHRLICHE BESCHREIBUNG</t>
   </si>
   <si>
     <t>KURZBESCHREIBUNG</t>
   </si>
   <si>
     <t>BILDER UND VIDEOS</t>
   </si>
   <si>
     <t>5-Jahres-Garantieverlängerung für Hardware - iBX410</t>
   </si>
   <si>
     <t>5-Jahres-Garantieverlängerung für Hardware - HMP400/W</t>
   </si>
@@ -492,56 +489,50 @@
 -Power over Ethernet (PoE+)
 -WLAN-Funktion
 -3 Jahre Garantie
 In der Schweiz entwickelt, in Deutschland hergestellt.
 Technische daten herunterladen: https://www.spinetix.com/HMP400/specs-de</t>
   </si>
   <si>
     <t>Einrichtung aller Ihrer Spieler in dem vorgesehenen SpinetiX ARYA™ Enterprise-Konto auf einmal. Die Player befinden sich mit den richtigen Einstellungen im Konto, einschließlich: Playernamen, Seriennummern, Auflösung, Bildschirmausrichtung, Zeitzone, Audioeinstellungen und Playeradressen. Dieser Service wird gemäß den Allgemeinen Verkaufsbedingungen von SpinetiX geliefert. Für weitere Einzelheiten: https://www.spinetix.com/legal</t>
   </si>
   <si>
     <t xml:space="preserve">Einrichtung aller Ihrer Spieler in dem vorgesehenen SpinetiX ARYA™ Enterprise-Konto auf einmal. </t>
   </si>
   <si>
     <t>Einrichtung einer benutzerdefinierten Leinwand innerhalb des angegebenen SpinetiX ARYA™ Enterprise-Kontos, um die Erstellung von Inhalten für die spezifische Auflösung des Displays zu ermöglichen. Dieser Service wird gemäß den Allgemeinen Verkaufsbedingungen von SpinetiX geliefert. Für weitere Einzelheiten: https://www.spinetix.com/legal</t>
   </si>
   <si>
     <t xml:space="preserve">Einrichtung einer benutzerdefinierten Leinwand innerhalb des angegebenen SpinetiX ARYA™ Enterprise-Kontos, um die Erstellung von Inhalten für die spezifische Auflösung des Displays zu ermöglichen. </t>
   </si>
   <si>
     <t>SpinetiX ARYA™ Enterprise Kundeneinführung durch SpinetiX-Experten. Der Service umfasst 2 Sitzungen mit je 1 Stunde Live-Online-Schulung, um den Kunden bei der Orientierung mit dem Produkt zu helfen. Dieser Service wird gemäß den Allgemeinen Verkaufsbedingungen von SpinetiX angeboten. Für weitere Einzelheiten: https://www.spinetix.com/legal</t>
   </si>
   <si>
     <t xml:space="preserve">SpinetiX ARYA™ Enterprise Kundeneinführung durch SpinetiX-Experten. Der Service umfasst 2 Sitzungen mit je 1 Stunde Live-Online-Schulung, um den Kunden bei der Orientierung mit dem Produkt zu helfen. </t>
   </si>
   <si>
-    <t>Professionelle Einrichtung des SpinetiX ARYA™ Enterprise-Endkundenkontos durch SpinetiX-Experten, um eine Single-Sign-On (SSO)-Aktivierung mit dem Benutzerverzeichnis des Kunden zu ermöglichen, wobei die Benutzerauthentifizierung vom Kunden gesteuert wird. Dieser Service wird gemäß den Allgemeinen Verkaufsbedingungen von SpinetiX erbracht. Für weitere Einzelheiten: https://www.spinetix.com/legal</t>
-[...4 lines deleted...]
-  <si>
     <t>Der iBX440 ist ein qualitativ erstklassiger Digital Signage Player, der für Videowandanwendungen und hochauflösende LED-Wände konzipiert wurde. Er basiert auf dem Betriebssystem DSOS™. Wir sind stolz darauf, Ihnen mitzuteilen, dass der Player von SpinetiX in Taiwan hergestellt wird.
 Seine Konstruktion erfolgt mit höchster Sorgfalt und auf Basis neuester Technologien. Dieser Player weist vier HDMI-Ausgänge auf, von denen jeder, bei einer perfekten Synchronisierung, eine beeindruckende Auflösung von 4K bei 60 Bildwiederholungen pro Sekunde bietet. Im Zusammenspiel mit SpinetiX ARYA™ CMS und der Elementi Software ist der iBX440 unsere Wahl für beeindruckendste optische Inhalte auf Videowänden und großen LED-Installationen. 
 Entdecken Sie den iBX440 und seine Fähigkeiten auf unserer offiziellen Webseite: https://www.spinetix.com/de/iBX440
 Hauptmerkmale:  
 - 4x HDMI-Ausgänge für hochauflösende 4K Videowände bei 60 FPS
 - Kompatibel mit SpinetiX ARYA™ CMS
 - Kompatibel mit Elementi Digital Signage Software und ihren über 250 Widgets
 - Erweiterte Funktionen aktivierbar mit DSOS-Lizenzen
 - Kompaktes Design mit externer Luftkühlung
 - Neueste Generation Intel® Core™ Prozessor
 - DSOS™ von SpinetiX – speziell für Digital Signage entwickeltes Betriebssystem
 - 128 GB interner Speicher
 - Entwickelt für den 24/7 Betrieb
 - 3 Jahre Garantie inklusive, erweiterbar auf 5 Jahre</t>
   </si>
   <si>
     <t>5-Jahres-Garantieverlängerung für Hardware - iBX440</t>
   </si>
   <si>
     <t>SX-WTY-IBX440</t>
   </si>
   <si>
     <t>SX-WTY-IBX410</t>
   </si>
   <si>
@@ -592,53 +583,50 @@
   <si>
     <t>SX-LIC-SYSTEMS</t>
   </si>
   <si>
     <t>SX-SUB-ARYA-ENT</t>
   </si>
   <si>
     <t>SX-SUB-ARYA-WID</t>
   </si>
   <si>
     <t>SX-SUB-ARYA-KIOSK</t>
   </si>
   <si>
     <t>SX-SUB-ARYA-SYS</t>
   </si>
   <si>
     <t>SX-SE-ARYA-BATCH</t>
   </si>
   <si>
     <t>SX-SE-ARYA-RATIO</t>
   </si>
   <si>
     <t>SX-SE-ARYA-TRAIN</t>
   </si>
   <si>
-    <t>SX-SE-ARYA-SSO</t>
-[...1 lines deleted...]
-  <si>
     <t>SX-SE-EL-WEBCONFIG</t>
   </si>
   <si>
     <t>LIZENZEN &amp; ABONNEMENTS</t>
   </si>
   <si>
     <t>SX-HW-RS-IBX</t>
   </si>
   <si>
     <t>1 RS-232 über spezielles RJ45-Zubehörkabel</t>
   </si>
   <si>
     <t xml:space="preserve"> iBX RS-232 serielles Kabel</t>
   </si>
   <si>
     <t>Ein Jahresabonnement, die die Kompatibilität mit der Elementi-Software und den WIDGETS-Feature-Set ermöglicht. Preis für einen kompatiblen Player.</t>
   </si>
   <si>
     <t xml:space="preserve"> Feature-Set - WIDGETS 
 Jahresabonnement
 </t>
   </si>
   <si>
     <t xml:space="preserve">Feature-Set - WIDGETS 
 Permanente Lizenz
@@ -696,50 +684,77 @@
     <t>Ein Jahresabonnement, die die Kompatibilität mit der Elementi-Software und den SYSTEMS-Feature-Set ermöglicht. Preis für einen kompatiblen Player.</t>
   </si>
   <si>
     <t xml:space="preserve">Feature-Set - KIOSK 
 Permanente Lizenz
 </t>
   </si>
   <si>
     <t xml:space="preserve">Feature-Set - SYSTEMS 
 Permanente Lizenz
 </t>
   </si>
   <si>
     <t>Eine Permanente Lizenz, die die Kompatibilität mit der Elementi-Software und den KIOSK-Feature-Set ermöglicht. Preis für einen kompatiblen Player.
 Die Permanente Lizenz kombiniert die Leistungsfähigkeit der Digital Signage Player SpinetiX HMP400 und HMP400W und die Vielseitigkeit der über 250 Widgets der Digital Signage Software SpinetiX Elementi. Füllen Sie jedes Display mit Inhalten, die automatisch mit Daten aus Ihren alltäglichen Tools wie Social Media, G-Suite oder Microsoft Office 365 aktualisiert werden. Widgets sind leicht anpassbar, einfach und leistungsstark, um daten-gesteuerte Inhalte zu liefern.</t>
   </si>
   <si>
     <t xml:space="preserve">Eine Permanente Lizenz, die die Kompatibilität mit der Elementi-Software und den KIOSK-Feature-Set ermöglicht. </t>
   </si>
   <si>
     <t xml:space="preserve">Eine Permanente Lizenz, die die Kompatibilität mit der Elementi-Software und den SYSTEMS-Feature-Set ermöglicht. </t>
   </si>
   <si>
     <t>Eine Permanente Lizenz, die die Kompatibilität mit der Elementi-Software und den SYSTEMS-Feature-Set ermöglicht. Preis für einen kompatiblen Player.
 Die Permanente Lizenz kombiniert die Leistungsfähigkeit der Digital Signage Player SpinetiX HMP400 und HMP400W und die Vielseitigkeit der über 250 Widgets der Digital Signage Software SpinetiX Elementi. Füllen Sie jedes Display mit Inhalten, die automatisch mit Daten aus Ihren alltäglichen Tools wie Social Media, G-Suite oder Microsoft Office 365 aktualisiert werden. Widgets sind leicht anpassbar, einfach und leistungsstark, um daten-gesteuerte Inhalte zu liefern.</t>
+  </si>
+  <si>
+    <t>SpinetiX Data Storage Region Migration Service</t>
+  </si>
+  <si>
+    <t>SX-SE-DATA-MIGRATE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Detailbeschreibung: Dieser Service bietet die Dienstleistung einer einmaligen Migration von Kunden- und Nutzerdaten von der Region, in der die Daten aktuell erfasst sind, zu einer anderen Region. Dieser Vorgang beinhaltet die Rekonfigurierung des Single Sign-On (SSO), falls diese Funktion bereits aktiviert wurde. Die Migration stellt sicher, dass Kontinuität und Regelkonformität der Daten, die gemäß den spezifischen Vorgaben am Sitz des Kunden gelten, eingehalten werden. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kurzbeschreibung: Einmalige Migration von Kunden- und Nutzerdaten zu einer neuen SpinetiX-Datenerfassungsregion, falls erforderlich inklusive einer Rekonfigurierung des SSO.  </t>
+  </si>
+  <si>
+    <t>Klicken Sie hier für das technische Datenblatt des Service</t>
+  </si>
+  <si>
+    <t>SpinetiX HUB - SSO Activation</t>
+  </si>
+  <si>
+    <t>SX-SE-HUB-SSO</t>
+  </si>
+  <si>
+    <t>Professionelle Einrichtung des SpinetiX HUB-Endkundenkontos durch SpinetiX-Experten, um eine Single-Sign-On (SSO)-Aktivierung mit dem Benutzerverzeichnis des Kunden zu ermöglichen, wobei die Benutzerauthentifizierung vom Kunden gesteuert wird. Dieser Service wird gemäß den Allgemeinen Verkaufsbedingungen von SpinetiX erbracht. Für weitere Einzelheiten: https://www.spinetix.com/legal</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Professionelle Einrichtung des SpinetiX HUB-Endkundenkontos durch SpinetiX-Experten, um eine Single-Sign-On (SSO)-Aktivierung mit dem Benutzerverzeichnis des Kunden zu ermöglichen, wobei die Benutzerauthentifizierung vom Kunden gesteuert wird. </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -778,84 +793,78 @@
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="7">
+  <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF0070C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
-        <bgColor indexed="64"/>
-[...4 lines deleted...]
-        <fgColor theme="7" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="7">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="hair">
         <color rgb="FF0070C0"/>
       </left>
       <right style="hair">
         <color rgb="FF0070C0"/>
       </right>
       <top style="hair">
         <color rgb="FF0070C0"/>
       </top>
       <bottom style="hair">
         <color rgb="FF0070C0"/>
       </bottom>
@@ -909,207 +918,199 @@
       <right style="hair">
         <color rgb="FF0070C0"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="hair">
         <color rgb="FF0070C0"/>
       </left>
       <right style="hair">
         <color rgb="FF0070C0"/>
       </right>
       <top/>
       <bottom style="hair">
         <color rgb="FF0070C0"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="45">
+  <cellXfs count="42">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="4" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="5" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="6" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...16 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
-    <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
+    <cellStyle name="Lien hypertexte" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
+      <color rgb="FFFED866"/>
       <color rgb="FF65D7FF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>378906</xdr:colOff>
       <xdr:row>24</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>1748955</xdr:colOff>
       <xdr:row>25</xdr:row>
       <xdr:rowOff>226387</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="17" name="Picture 16">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{99DE8D99-009A-46D7-A31D-98C9D5DA3C99}"/>
             </a:ext>
           </a:extLst>
@@ -2252,533 +2253,484 @@
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1101587" y="48304174"/>
           <a:ext cx="1202734" cy="1202734"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>2</xdr:col>
-      <xdr:colOff>366921</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>224118</xdr:rowOff>
+      <xdr:colOff>370547</xdr:colOff>
+      <xdr:row>57</xdr:row>
+      <xdr:rowOff>291288</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
-      <xdr:colOff>1481924</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>1333406</xdr:rowOff>
+      <xdr:colOff>1482292</xdr:colOff>
+      <xdr:row>57</xdr:row>
+      <xdr:rowOff>1405573</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="34" name="Picture 8">
+        <xdr:cNvPr id="35" name="Picture 10">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C2239DCF-60B4-4188-9D0D-AAF39BFC2978}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F4CB0EB1-3F32-45BA-9F39-FE682EF97539}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25" cstate="print">
-          <a:extLst>
-[...47 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1054106" y="58236906"/>
           <a:ext cx="1104125" cy="1114285"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>351864</xdr:colOff>
-      <xdr:row>57</xdr:row>
+      <xdr:row>58</xdr:row>
       <xdr:rowOff>285459</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>1482185</xdr:colOff>
-      <xdr:row>57</xdr:row>
+      <xdr:row>58</xdr:row>
       <xdr:rowOff>1405620</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="44" name="Picture 13">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4737DC24-DBCF-48E6-8106-CAD1354C9AE9}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27" cstate="print">
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1035423" y="59844724"/>
           <a:ext cx="1122701" cy="1118256"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>342339</xdr:colOff>
-      <xdr:row>58</xdr:row>
+      <xdr:row>59</xdr:row>
       <xdr:rowOff>262487</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>1482820</xdr:colOff>
-      <xdr:row>58</xdr:row>
+      <xdr:row>59</xdr:row>
       <xdr:rowOff>1406143</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="45" name="Picture 13">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C8B359F7-5F2F-43C4-9BF3-666064721C41}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28" cstate="print">
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1025898" y="61435399"/>
           <a:ext cx="1130956" cy="1134131"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>313764</xdr:colOff>
-      <xdr:row>59</xdr:row>
+      <xdr:row>60</xdr:row>
       <xdr:rowOff>96640</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>1444085</xdr:colOff>
-      <xdr:row>59</xdr:row>
+      <xdr:row>60</xdr:row>
       <xdr:rowOff>1216166</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="47" name="Picture 13">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0CF8E5CF-83CF-4B78-B281-0764E7EF2C85}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29" cstate="print">
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="997323" y="62883199"/>
           <a:ext cx="1122701" cy="1111906"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>327187</xdr:colOff>
       <xdr:row>23</xdr:row>
       <xdr:rowOff>317886</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>1751455</xdr:colOff>
       <xdr:row>23</xdr:row>
       <xdr:rowOff>986210</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="Picture 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D6E25860-08DB-85F8-68F1-C9E228891BEC}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1037232" y="15350068"/>
           <a:ext cx="1424268" cy="654989"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>30703</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>1096362</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>1939402</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>685175</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="11" name="Picture 10">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C1F1AFE6-CD89-956C-924F-2269AEEA0E03}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31" cstate="print">
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="712021" y="3633374"/>
           <a:ext cx="1891554" cy="1023166"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>180735</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>972375</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1669804" cy="856875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="Picture 12">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C1BDD369-4CD0-4BC2-BC08-DF271DBA1C0D}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32" cstate="print">
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="862053" y="16167551"/>
           <a:ext cx="1669804" cy="856875"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>217059</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>197224</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1563155" cy="210448"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="Picture 13">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F468BC4-1848-4321-ACEB-33DA84425B46}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="900282" y="19559084"/>
           <a:ext cx="1563155" cy="210448"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>302558</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>78441</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>1710048</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>1443615</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{230E35E9-4FD7-4292-BAB2-8E44C90E3424}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="986117" y="28160382"/>
           <a:ext cx="1396060" cy="1365174"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>464887</xdr:colOff>
       <xdr:row>29</xdr:row>
       <xdr:rowOff>85184</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="986718" cy="748393"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="Picture 5">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B702DC03-CFAD-4039-BA88-1DC2D6FE6473}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35" cstate="print">
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm rot="5400000">
           <a:off x="1267608" y="36015346"/>
           <a:ext cx="748393" cy="986718"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -2787,59 +2739,147 @@
       <xdr:col>2</xdr:col>
       <xdr:colOff>336176</xdr:colOff>
       <xdr:row>30</xdr:row>
       <xdr:rowOff>201706</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>1597238</xdr:colOff>
       <xdr:row>30</xdr:row>
       <xdr:rowOff>804132</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="7" name="Picture 6">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5D1D5615-6AEB-4441-9A77-2BE7F1175AF6}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1019735" y="36161382"/>
           <a:ext cx="1251537" cy="610046"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>366921</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>224118</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1115003" cy="1109288"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="9" name="Picture 8">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{796CE7B3-543E-4E03-BC0C-9CF8302ACB88}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch/>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="1050480" y="67616294"/>
+          <a:ext cx="1115003" cy="1109288"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>425823</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>257735</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>1452489</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>1299639</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="10" name="Picture 9">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7796169A-5FF8-483D-BD4E-D0C8E58A87FE}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="1109382" y="67649911"/>
+          <a:ext cx="1028571" cy="1047619"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/sites/marketingchannelmanagementgroup/Documents%20partages/CHANNEL/3-Price%20Lists/2020/SpinetiX_Price_List_2020_v10.1.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <sheetNames>
       <sheetName val="Settings"/>
       <sheetName val="NFU_legacyEMEA"/>
       <sheetName val="400"/>
       <sheetName val="400 Dealer"/>
       <sheetName val="DSOS-ARYA Distrib"/>
       <sheetName val="400-DSOS-ARYA Dealers"/>
@@ -3160,1418 +3200,1441 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../../../../:f:/r/sites/marketingchannelmanagementgroup/Documents%20partages/CHANNEL/10%20-%20SpinetiX%20Partner%20Web%20Kit/2020/Website%20Pages/2.%20Catalogue%20Pages%20with%20Product%20Descriptions/Tech%20Specs%20%26%20Guides/HMP400-HMP400W?csf=1&amp;web=1&amp;e=jlkwjE" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-arya-imagery.zip" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-elementi-update-plan-images.zip" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/de/digital-signage-products/players/ibx440" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-elementi-images.zip" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-arya-imagery.zip" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/JdDPUbVw-lU" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/StFBU-Iw4L0" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-player-warranty-extension-images.zip" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/K--2UuVxF0c" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-player-warranty-extension-images.zip" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-HMP400-player-power-delivery-unit-images.zip" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-DSOS-license-imagery.zip" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/w-AOFg35IKs" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-elementi-update-plan-images.zip" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-DSOS-license-imagery.zip" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-professional-services-imagery.zip" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-ibx440-player-images.zip" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/WMnAcwC_5v8" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.spinetix.com/ibx410/specs-de" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/de/digital-signage-products/players/hmp400" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-DSOS-license-imagery.zip" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-DSOS-license-imagery.zip" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-iBX410-player-images.zip" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-iBX410-player-images.zip" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.spinetix.com/hmp400/specs-de" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.spinetix.com/hmp400/specs-de" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-elementi-images.zip" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-elementi-update-plan-images.zip" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-DSOS-license-imagery.zip" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-arya-imagery.zip" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/de/digital-signage-products/players/ibx410" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.spinetix.com/ibx410w/specs-de" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-HMP400-player-images.zip" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-HMP400-player-serial-cable-images.zip" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/de/digital-signage-products/players/ibx410w" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-HMP400-player-images.zip" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-HMP400-player-audio-cable-images.zip" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-elementi-update-plan-images.zip" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-DSOS-license-imagery.zip" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-professional-services-imagery.zip" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.spinetix.com/ibx410/specs-de" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-elementi-update-plan-images.zip" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.spinetix.com/ibx410/specs-de" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../../../../:f:/r/sites/marketingchannelmanagementgroup/Documents%20partages/CHANNEL/10%20-%20SpinetiX%20Partner%20Web%20Kit/2020/Website%20Pages/2.%20Catalogue%20Pages%20with%20Product%20Descriptions/Tech%20Specs%20%26%20Guides/HMP400-HMP400W?csf=1&amp;web=1&amp;e=jlkwjE" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/de/digital-signage-products/players/hmp400" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-player-warranty-extension-images.zip" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-elementi-images.zip" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-elementi-update-plan-images.zip" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-arya-imagery.zip" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.spinetix.com/ibx440/specs-de" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../../../../../../../../:f:/r/sites/marketingchannelmanagementgroup/Documents%20partages/CHANNEL/10%20-%20SpinetiX%20Partner%20Web%20Kit/2020/Website%20Pages/2.%20Catalogue%20Pages%20with%20Product%20Descriptions/Tech%20Specs%20%26%20Guides/HMP400-HMP400W?csf=1&amp;web=1&amp;e=jlkwjE" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-arya-imagery.zip" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-elementi-update-plan-images.zip" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/de/digital-signage-products/players/ibx440" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-elementi-images.zip" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-arya-imagery.zip" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/JdDPUbVw-lU" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/StFBU-Iw4L0" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-player-warranty-extension-images.zip" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/K--2UuVxF0c" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-player-warranty-extension-images.zip" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-HMP400-player-power-delivery-unit-images.zip" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-DSOS-license-imagery.zip" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/w-AOFg35IKs" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-elementi-update-plan-images.zip" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-DSOS-license-imagery.zip" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-professional-services-imagery.zip" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-ibx440-player-images.zip" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/WMnAcwC_5v8" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-professional-services-imagery.zip" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.spinetix.com/ibx410/specs-de" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/de/digital-signage-products/players/hmp400" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-DSOS-license-imagery.zip" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-DSOS-license-imagery.zip" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-iBX410-player-images.zip" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-professional-services-imagery.zip" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-iBX410-player-images.zip" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.spinetix.com/hmp400/specs-de" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.spinetix.com/hmp400/specs-de" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-elementi-images.zip" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-elementi-update-plan-images.zip" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-DSOS-license-imagery.zip" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-arya-imagery.zip" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/de/digital-signage-products/players/ibx410" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.spinetix.com/ibx410w/specs-de" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-HMP400-player-images.zip" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-HMP400-player-serial-cable-images.zip" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/de/digital-signage-products/players/ibx410w" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-HMP400-player-images.zip" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-HMP400-player-audio-cable-images.zip" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-elementi-update-plan-images.zip" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-DSOS-license-imagery.zip" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-professional-services-imagery.zip" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.spinetix.com/ibx410/specs-de" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-elementi-update-plan-images.zip" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.spinetix.com/ibx410/specs-de" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../../../../../../../../:f:/r/sites/marketingchannelmanagementgroup/Documents%20partages/CHANNEL/10%20-%20SpinetiX%20Partner%20Web%20Kit/2020/Website%20Pages/2.%20Catalogue%20Pages%20with%20Product%20Descriptions/Tech%20Specs%20%26%20Guides/HMP400-HMP400W?csf=1&amp;web=1&amp;e=jlkwjE" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/de/digital-signage-products/players/hmp400" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-player-warranty-extension-images.zip" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-elementi-images.zip" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-elementi-update-plan-images.zip" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spinetix.com/sites/default/files/-catalogue/spinetix-arya-imagery.zip" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.spinetix.com/ibx440/specs-de" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FDCA9203-2C9E-42A0-B0F2-51E5597BFEA7}">
   <sheetPr>
     <tabColor rgb="FF00B0F0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:AQ591"/>
+  <dimension ref="A1:AQ592"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A39" zoomScale="85" zoomScaleNormal="85" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="G43" sqref="G43"/>
+    <sheetView tabSelected="1" topLeftCell="A44" zoomScale="85" zoomScaleNormal="85" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="H60" sqref="H60"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="12.75" zeroHeight="1" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="12.75" zeroHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="5" style="1" customWidth="1"/>
     <col min="2" max="2" width="5.28515625" style="1" customWidth="1"/>
     <col min="3" max="3" width="29.28515625" style="1" customWidth="1"/>
     <col min="4" max="4" width="40.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="23.7109375" style="1" customWidth="1"/>
     <col min="6" max="7" width="51.28515625" style="1" customWidth="1"/>
     <col min="8" max="9" width="18.7109375" style="1" customWidth="1"/>
     <col min="10" max="10" width="24.7109375" style="1" customWidth="1"/>
     <col min="11" max="11" width="5.28515625" style="1" customWidth="1"/>
     <col min="12" max="12" width="5" style="1" customWidth="1"/>
     <col min="13" max="43" width="2.28515625" style="1" hidden="1" customWidth="1"/>
     <col min="44" max="16384" width="11.42578125" style="1" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:11" x14ac:dyDescent="0.2"/>
     <row r="2" spans="2:11" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="5"/>
-      <c r="C2" s="41" t="s">
+      <c r="C2" s="35" t="s">
         <v>21</v>
       </c>
-      <c r="D2" s="42"/>
-[...5 lines deleted...]
-      <c r="J2" s="42"/>
+      <c r="D2" s="36"/>
+      <c r="E2" s="36"/>
+      <c r="F2" s="36"/>
+      <c r="G2" s="36"/>
+      <c r="H2" s="36"/>
+      <c r="I2" s="36"/>
+      <c r="J2" s="36"/>
       <c r="K2" s="5"/>
     </row>
     <row r="3" spans="2:11" ht="21" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B3" s="38" t="s">
+      <c r="B3" s="32" t="s">
         <v>25</v>
       </c>
-      <c r="C3" s="39"/>
-[...7 lines deleted...]
-      <c r="K3" s="39"/>
+      <c r="C3" s="33"/>
+      <c r="D3" s="33"/>
+      <c r="E3" s="33"/>
+      <c r="F3" s="33"/>
+      <c r="G3" s="33"/>
+      <c r="H3" s="33"/>
+      <c r="I3" s="33"/>
+      <c r="J3" s="33"/>
+      <c r="K3" s="33"/>
     </row>
     <row r="4" spans="2:11" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="5"/>
       <c r="C4" s="6" t="s">
         <v>26</v>
       </c>
       <c r="D4" s="10" t="s">
         <v>0</v>
       </c>
       <c r="E4" s="11" t="s">
         <v>1</v>
       </c>
       <c r="F4" s="7" t="s">
+        <v>60</v>
+      </c>
+      <c r="G4" s="7" t="s">
         <v>61</v>
       </c>
-      <c r="G4" s="7" t="s">
+      <c r="H4" s="7" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="I4" s="6" t="s">
         <v>29</v>
       </c>
       <c r="J4" s="7" t="s">
         <v>2</v>
       </c>
       <c r="K4" s="5"/>
     </row>
     <row r="5" spans="2:11" ht="105.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="9"/>
       <c r="C5" s="29"/>
-      <c r="D5" s="26" t="s">
+      <c r="D5" s="38" t="s">
+        <v>102</v>
+      </c>
+      <c r="E5" s="38" t="s">
         <v>103</v>
       </c>
-      <c r="E5" s="26" t="s">
+      <c r="F5" s="22" t="s">
+        <v>123</v>
+      </c>
+      <c r="G5" s="22" t="s">
+        <v>111</v>
+      </c>
+      <c r="H5" s="16" t="s">
         <v>104</v>
       </c>
-      <c r="F5" s="32" t="s">
-[...8 lines deleted...]
-      <c r="I5" s="23" t="s">
+      <c r="I5" s="26" t="s">
+        <v>107</v>
+      </c>
+      <c r="J5" s="38" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="K5" s="5"/>
     </row>
     <row r="6" spans="2:11" ht="112.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="9"/>
       <c r="C6" s="30"/>
-      <c r="D6" s="27"/>
-[...2 lines deleted...]
-      <c r="G6" s="33"/>
+      <c r="D6" s="39"/>
+      <c r="E6" s="39"/>
+      <c r="F6" s="23"/>
+      <c r="G6" s="23"/>
       <c r="H6" s="16" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-      <c r="J6" s="27"/>
+        <v>105</v>
+      </c>
+      <c r="I6" s="27"/>
+      <c r="J6" s="39"/>
       <c r="K6" s="5"/>
     </row>
     <row r="7" spans="2:11" ht="121.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="9"/>
       <c r="C7" s="30"/>
-      <c r="D7" s="27"/>
-[...2 lines deleted...]
-      <c r="G7" s="33"/>
+      <c r="D7" s="39"/>
+      <c r="E7" s="39"/>
+      <c r="F7" s="23"/>
+      <c r="G7" s="23"/>
       <c r="H7" s="16" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-      <c r="J7" s="27"/>
+        <v>106</v>
+      </c>
+      <c r="I7" s="27"/>
+      <c r="J7" s="39"/>
       <c r="K7" s="5"/>
     </row>
     <row r="8" spans="2:11" ht="174.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="9"/>
       <c r="C8" s="31"/>
-      <c r="D8" s="28"/>
-[...7 lines deleted...]
-      <c r="J8" s="28"/>
+      <c r="D8" s="40"/>
+      <c r="E8" s="40"/>
+      <c r="F8" s="37"/>
+      <c r="G8" s="37"/>
+      <c r="H8" s="19" t="s">
+        <v>110</v>
+      </c>
+      <c r="I8" s="28"/>
+      <c r="J8" s="40"/>
       <c r="K8" s="5"/>
     </row>
     <row r="9" spans="2:11" ht="105.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="9"/>
       <c r="C9" s="29"/>
       <c r="D9" s="29" t="s">
         <v>49</v>
       </c>
       <c r="E9" s="29" t="s">
         <v>50</v>
       </c>
-      <c r="F9" s="32" t="s">
-[...3 lines deleted...]
-        <v>95</v>
+      <c r="F9" s="22" t="s">
+        <v>112</v>
+      </c>
+      <c r="G9" s="24" t="s">
+        <v>94</v>
       </c>
       <c r="H9" s="16" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-        <v>87</v>
+        <v>78</v>
+      </c>
+      <c r="I9" s="26" t="s">
+        <v>86</v>
       </c>
       <c r="J9" s="29" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="K9" s="5"/>
     </row>
     <row r="10" spans="2:11" ht="112.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="9"/>
       <c r="C10" s="30"/>
       <c r="D10" s="30"/>
       <c r="E10" s="30"/>
-      <c r="F10" s="33"/>
-      <c r="G10" s="36"/>
+      <c r="F10" s="23"/>
+      <c r="G10" s="25"/>
       <c r="H10" s="16" t="s">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="I10" s="24"/>
+        <v>79</v>
+      </c>
+      <c r="I10" s="27"/>
       <c r="J10" s="30"/>
       <c r="K10" s="5"/>
     </row>
     <row r="11" spans="2:11" ht="121.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="9"/>
       <c r="C11" s="30"/>
       <c r="D11" s="30"/>
       <c r="E11" s="30"/>
-      <c r="F11" s="33"/>
-      <c r="G11" s="36"/>
+      <c r="F11" s="23"/>
+      <c r="G11" s="25"/>
       <c r="H11" s="16" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="I11" s="24"/>
+        <v>80</v>
+      </c>
+      <c r="I11" s="27"/>
       <c r="J11" s="30"/>
       <c r="K11" s="5"/>
     </row>
     <row r="12" spans="2:11" ht="141.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="9"/>
       <c r="C12" s="31"/>
       <c r="D12" s="31"/>
       <c r="E12" s="31"/>
-      <c r="F12" s="34"/>
-      <c r="G12" s="37"/>
+      <c r="F12" s="37"/>
+      <c r="G12" s="41"/>
       <c r="H12" s="16" t="s">
-        <v>82</v>
-[...1 lines deleted...]
-      <c r="I12" s="25"/>
+        <v>81</v>
+      </c>
+      <c r="I12" s="28"/>
       <c r="J12" s="31"/>
       <c r="K12" s="5"/>
     </row>
     <row r="13" spans="2:11" ht="105.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="9"/>
       <c r="C13" s="29"/>
       <c r="D13" s="29" t="s">
         <v>49</v>
       </c>
       <c r="E13" s="29" t="s">
         <v>50</v>
       </c>
-      <c r="F13" s="32" t="s">
+      <c r="F13" s="22" t="s">
+        <v>113</v>
+      </c>
+      <c r="G13" s="22" t="s">
         <v>114</v>
       </c>
-      <c r="G13" s="32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H13" s="16" t="s">
-        <v>79</v>
-[...5 lines deleted...]
-        <v>110</v>
+        <v>78</v>
+      </c>
+      <c r="I13" s="26" t="s">
+        <v>86</v>
+      </c>
+      <c r="J13" s="38" t="s">
+        <v>109</v>
       </c>
       <c r="K13" s="5"/>
     </row>
     <row r="14" spans="2:11" ht="112.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="9"/>
       <c r="C14" s="30"/>
       <c r="D14" s="30"/>
       <c r="E14" s="30"/>
-      <c r="F14" s="33"/>
-[...5 lines deleted...]
-      <c r="J14" s="27"/>
+      <c r="F14" s="23"/>
+      <c r="G14" s="23"/>
+      <c r="H14" s="26" t="s">
+        <v>79</v>
+      </c>
+      <c r="I14" s="27"/>
+      <c r="J14" s="39"/>
       <c r="K14" s="5"/>
     </row>
     <row r="15" spans="2:11" ht="121.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="9"/>
       <c r="C15" s="30"/>
       <c r="D15" s="30"/>
       <c r="E15" s="30"/>
-      <c r="F15" s="33"/>
-[...3 lines deleted...]
-      <c r="J15" s="27"/>
+      <c r="F15" s="23"/>
+      <c r="G15" s="23"/>
+      <c r="H15" s="27"/>
+      <c r="I15" s="27"/>
+      <c r="J15" s="39"/>
       <c r="K15" s="5"/>
     </row>
     <row r="16" spans="2:11" ht="141.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="9"/>
       <c r="C16" s="31"/>
       <c r="D16" s="31"/>
       <c r="E16" s="31"/>
-      <c r="F16" s="34"/>
-[...3 lines deleted...]
-      <c r="J16" s="28"/>
+      <c r="F16" s="37"/>
+      <c r="G16" s="37"/>
+      <c r="H16" s="28"/>
+      <c r="I16" s="28"/>
+      <c r="J16" s="40"/>
       <c r="K16" s="5"/>
     </row>
     <row r="17" spans="1:11" ht="111" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B17" s="40"/>
+      <c r="B17" s="34"/>
       <c r="C17" s="29"/>
       <c r="D17" s="29" t="s">
         <v>3</v>
       </c>
       <c r="E17" s="29" t="s">
         <v>4</v>
       </c>
-      <c r="F17" s="32" t="s">
-[...3 lines deleted...]
-        <v>94</v>
+      <c r="F17" s="22" t="s">
+        <v>115</v>
+      </c>
+      <c r="G17" s="24" t="s">
+        <v>93</v>
       </c>
       <c r="H17" s="16" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>86</v>
+        <v>82</v>
+      </c>
+      <c r="I17" s="26" t="s">
+        <v>85</v>
       </c>
       <c r="J17" s="29" t="s">
         <v>5</v>
       </c>
       <c r="K17" s="5"/>
     </row>
     <row r="18" spans="1:11" ht="102.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B18" s="40"/>
+      <c r="B18" s="34"/>
       <c r="C18" s="30"/>
       <c r="D18" s="30"/>
       <c r="E18" s="30"/>
-      <c r="F18" s="33"/>
-      <c r="G18" s="36"/>
+      <c r="F18" s="23"/>
+      <c r="G18" s="25"/>
       <c r="H18" s="16" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="I18" s="24"/>
+        <v>83</v>
+      </c>
+      <c r="I18" s="27"/>
       <c r="J18" s="30"/>
       <c r="K18" s="5"/>
     </row>
     <row r="19" spans="1:11" ht="105" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B19" s="40"/>
+      <c r="B19" s="34"/>
       <c r="C19" s="31"/>
       <c r="D19" s="31"/>
       <c r="E19" s="31"/>
-      <c r="F19" s="33"/>
-      <c r="G19" s="36"/>
+      <c r="F19" s="23"/>
+      <c r="G19" s="25"/>
       <c r="H19" s="16" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="I19" s="25"/>
+        <v>84</v>
+      </c>
+      <c r="I19" s="28"/>
       <c r="J19" s="31"/>
       <c r="K19" s="5"/>
     </row>
     <row r="20" spans="1:11" ht="96.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B20" s="40"/>
+      <c r="B20" s="34"/>
       <c r="C20" s="29"/>
       <c r="D20" s="29" t="s">
         <v>6</v>
       </c>
       <c r="E20" s="29" t="s">
         <v>7</v>
       </c>
-      <c r="F20" s="32" t="s">
-[...3 lines deleted...]
-        <v>102</v>
+      <c r="F20" s="22" t="s">
+        <v>116</v>
+      </c>
+      <c r="G20" s="24" t="s">
+        <v>101</v>
       </c>
       <c r="H20" s="16" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-        <v>91</v>
+        <v>87</v>
+      </c>
+      <c r="I20" s="26" t="s">
+        <v>90</v>
       </c>
       <c r="J20" s="29" t="s">
         <v>8</v>
       </c>
       <c r="K20" s="5"/>
     </row>
     <row r="21" spans="1:11" ht="104.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="9"/>
       <c r="C21" s="30"/>
       <c r="D21" s="30"/>
       <c r="E21" s="30"/>
-      <c r="F21" s="33"/>
-      <c r="G21" s="36"/>
+      <c r="F21" s="23"/>
+      <c r="G21" s="25"/>
       <c r="H21" s="16" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="I21" s="24"/>
+        <v>88</v>
+      </c>
+      <c r="I21" s="27"/>
       <c r="J21" s="30"/>
       <c r="K21" s="5"/>
     </row>
     <row r="22" spans="1:11" ht="121.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="9"/>
       <c r="C22" s="31"/>
       <c r="D22" s="31"/>
       <c r="E22" s="31"/>
-      <c r="F22" s="33"/>
-      <c r="G22" s="36"/>
+      <c r="F22" s="23"/>
+      <c r="G22" s="25"/>
       <c r="H22" s="16" t="s">
-        <v>90</v>
-[...1 lines deleted...]
-      <c r="I22" s="25"/>
+        <v>89</v>
+      </c>
+      <c r="I22" s="28"/>
       <c r="J22" s="31"/>
       <c r="K22" s="5"/>
     </row>
     <row r="23" spans="1:11" ht="121.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="9"/>
-      <c r="C23" s="22"/>
+      <c r="C23" s="21"/>
       <c r="D23" s="8" t="s">
-        <v>127</v>
-[...1 lines deleted...]
-      <c r="E23" s="22" t="s">
+        <v>124</v>
+      </c>
+      <c r="E23" s="21" t="s">
+        <v>125</v>
+      </c>
+      <c r="F23" s="12" t="s">
         <v>128</v>
       </c>
-      <c r="F23" s="12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G23" s="12" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="H23" s="16" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="I23" s="8" t="s">
         <v>11</v>
       </c>
       <c r="J23" s="8" t="s">
         <v>11</v>
       </c>
       <c r="K23" s="5"/>
     </row>
     <row r="24" spans="1:11" ht="117" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="9"/>
       <c r="C24" s="8"/>
       <c r="D24" s="8" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="E24" s="8" t="s">
+        <v>126</v>
+      </c>
+      <c r="F24" s="12" t="s">
+        <v>65</v>
+      </c>
+      <c r="G24" s="12" t="s">
         <v>129</v>
       </c>
-      <c r="F24" s="12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H24" s="16" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="I24" s="8" t="s">
         <v>11</v>
       </c>
       <c r="J24" s="8" t="s">
         <v>11</v>
       </c>
       <c r="K24" s="5"/>
     </row>
     <row r="25" spans="1:11" ht="87.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="9"/>
       <c r="C25" s="8"/>
       <c r="D25" s="14" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="E25" s="8" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="F25" s="15" t="s">
         <v>23</v>
       </c>
       <c r="G25" s="12" t="s">
         <v>23</v>
       </c>
       <c r="H25" s="16" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="I25" s="8" t="s">
         <v>11</v>
       </c>
       <c r="J25" s="8" t="s">
         <v>11</v>
       </c>
       <c r="K25" s="5"/>
     </row>
     <row r="26" spans="1:11" ht="21" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B26" s="38" t="s">
+      <c r="B26" s="32" t="s">
         <v>24</v>
       </c>
-      <c r="C26" s="39"/>
-[...7 lines deleted...]
-      <c r="K26" s="39"/>
+      <c r="C26" s="33"/>
+      <c r="D26" s="33"/>
+      <c r="E26" s="33"/>
+      <c r="F26" s="33"/>
+      <c r="G26" s="33"/>
+      <c r="H26" s="33"/>
+      <c r="I26" s="33"/>
+      <c r="J26" s="33"/>
+      <c r="K26" s="33"/>
     </row>
     <row r="27" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="5"/>
       <c r="C27" s="6" t="s">
         <v>26</v>
       </c>
       <c r="D27" s="10" t="s">
         <v>0</v>
       </c>
       <c r="E27" s="11" t="s">
         <v>1</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>27</v>
       </c>
       <c r="G27" s="7"/>
       <c r="H27" s="7" t="s">
         <v>28</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>29</v>
       </c>
       <c r="J27" s="7" t="s">
         <v>2</v>
       </c>
       <c r="K27" s="5"/>
     </row>
     <row r="28" spans="1:11" ht="90" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="4"/>
       <c r="B28" s="9"/>
       <c r="C28" s="8"/>
       <c r="D28" s="8" t="s">
         <v>30</v>
       </c>
       <c r="E28" s="8" t="s">
         <v>17</v>
       </c>
       <c r="F28" s="15" t="s">
         <v>43</v>
       </c>
       <c r="G28" s="12" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="H28" s="16" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="I28" s="8" t="s">
         <v>11</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>22</v>
       </c>
       <c r="K28" s="5"/>
     </row>
     <row r="29" spans="1:11" ht="80.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="4"/>
       <c r="B29" s="9"/>
       <c r="C29" s="8"/>
       <c r="D29" s="8" t="s">
         <v>31</v>
       </c>
       <c r="E29" s="8" t="s">
         <v>10</v>
       </c>
       <c r="F29" s="12" t="s">
         <v>32</v>
       </c>
       <c r="G29" s="12" t="s">
         <v>32</v>
       </c>
       <c r="H29" s="16" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="I29" s="8" t="s">
         <v>11</v>
       </c>
       <c r="J29" s="8" t="s">
         <v>11</v>
       </c>
       <c r="K29" s="5"/>
     </row>
     <row r="30" spans="1:11" ht="73.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="4"/>
       <c r="B30" s="9"/>
       <c r="C30" s="8"/>
       <c r="D30" s="8" t="s">
         <v>33</v>
       </c>
       <c r="E30" s="8" t="s">
         <v>9</v>
       </c>
       <c r="F30" s="12" t="s">
         <v>44</v>
       </c>
       <c r="G30" s="12" t="s">
         <v>44</v>
       </c>
       <c r="H30" s="16" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="I30" s="8" t="s">
         <v>11</v>
       </c>
       <c r="J30" s="8" t="s">
         <v>11</v>
       </c>
       <c r="K30" s="5"/>
     </row>
     <row r="31" spans="1:11" ht="73.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="4"/>
       <c r="B31" s="9"/>
       <c r="C31" s="8"/>
       <c r="D31" s="8" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="E31" s="8" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="F31" s="12" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="G31" s="12" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="H31" s="8" t="s">
         <v>11</v>
       </c>
       <c r="I31" s="8" t="s">
         <v>11</v>
       </c>
       <c r="J31" s="8" t="s">
         <v>11</v>
       </c>
       <c r="K31" s="5"/>
     </row>
     <row r="32" spans="1:11" ht="21" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B32" s="38" t="s">
-[...10 lines deleted...]
-      <c r="K32" s="39"/>
+      <c r="B32" s="32" t="s">
+        <v>151</v>
+      </c>
+      <c r="C32" s="33"/>
+      <c r="D32" s="33"/>
+      <c r="E32" s="33"/>
+      <c r="F32" s="33"/>
+      <c r="G32" s="33"/>
+      <c r="H32" s="33"/>
+      <c r="I32" s="33"/>
+      <c r="J32" s="33"/>
+      <c r="K32" s="33"/>
     </row>
     <row r="33" spans="2:11" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="5"/>
       <c r="C33" s="6" t="s">
         <v>26</v>
       </c>
       <c r="D33" s="10" t="s">
         <v>0</v>
       </c>
       <c r="E33" s="11" t="s">
         <v>1</v>
       </c>
       <c r="F33" s="7" t="s">
         <v>27</v>
       </c>
       <c r="G33" s="7"/>
       <c r="H33" s="7" t="s">
         <v>28</v>
       </c>
       <c r="I33" s="6" t="s">
         <v>29</v>
       </c>
       <c r="J33" s="7" t="s">
         <v>2</v>
       </c>
       <c r="K33" s="5"/>
     </row>
     <row r="34" spans="2:11" ht="111.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="9"/>
       <c r="C34" s="8"/>
       <c r="D34" s="8" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="8" t="s">
         <v>15</v>
       </c>
       <c r="F34" s="12" t="s">
+        <v>95</v>
+      </c>
+      <c r="G34" s="12" t="s">
         <v>96</v>
       </c>
-      <c r="G34" s="12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H34" s="16" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="I34" s="8" t="s">
         <v>11</v>
       </c>
       <c r="J34" s="8" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="5"/>
     </row>
     <row r="35" spans="2:11" ht="114" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="9"/>
       <c r="C35" s="8"/>
       <c r="D35" s="8" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="8" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="F35" s="12" t="s">
+        <v>97</v>
+      </c>
+      <c r="G35" s="12" t="s">
         <v>98</v>
       </c>
-      <c r="G35" s="12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H35" s="16" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="I35" s="8" t="s">
         <v>11</v>
       </c>
       <c r="J35" s="8" t="s">
         <v>19</v>
       </c>
       <c r="K35" s="5"/>
     </row>
     <row r="36" spans="2:11" ht="107.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="9"/>
       <c r="C36" s="8"/>
       <c r="D36" s="8" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="8" t="s">
         <v>16</v>
       </c>
       <c r="F36" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="G36" s="12" t="s">
         <v>100</v>
       </c>
-      <c r="G36" s="12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H36" s="16" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="I36" s="8" t="s">
         <v>11</v>
       </c>
       <c r="J36" s="8" t="s">
         <v>20</v>
       </c>
       <c r="K36" s="5"/>
     </row>
     <row r="37" spans="2:11" ht="96.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="9"/>
       <c r="C37" s="8"/>
       <c r="D37" s="8" t="s">
         <v>34</v>
       </c>
       <c r="E37" s="8" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="F37" s="15" t="s">
         <v>45</v>
       </c>
       <c r="G37" s="12" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="H37" s="16" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="I37" s="8" t="s">
         <v>11</v>
       </c>
       <c r="J37" s="8" t="s">
         <v>11</v>
       </c>
       <c r="K37" s="5"/>
     </row>
     <row r="38" spans="2:11" ht="96.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B38" s="9"/>
       <c r="C38" s="8"/>
       <c r="D38" s="8" t="s">
         <v>35</v>
       </c>
       <c r="E38" s="8" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="F38" s="15" t="s">
         <v>41</v>
       </c>
       <c r="G38" s="12" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="H38" s="16" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="I38" s="8" t="s">
         <v>11</v>
       </c>
       <c r="J38" s="8" t="s">
         <v>11</v>
       </c>
       <c r="K38" s="5"/>
     </row>
     <row r="39" spans="2:11" ht="96.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="9"/>
       <c r="C39" s="8"/>
       <c r="D39" s="8" t="s">
         <v>36</v>
       </c>
       <c r="E39" s="8" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="F39" s="15" t="s">
         <v>46</v>
       </c>
       <c r="G39" s="12" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="H39" s="16" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="I39" s="8" t="s">
         <v>11</v>
       </c>
       <c r="J39" s="8" t="s">
         <v>11</v>
       </c>
       <c r="K39" s="5"/>
     </row>
     <row r="40" spans="2:11" ht="96.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B40" s="9"/>
       <c r="C40" s="8"/>
       <c r="D40" s="8" t="s">
         <v>37</v>
       </c>
       <c r="E40" s="8" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="F40" s="15" t="s">
         <v>40</v>
       </c>
       <c r="G40" s="12" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="H40" s="16" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="I40" s="8" t="s">
         <v>11</v>
       </c>
       <c r="J40" s="8" t="s">
         <v>11</v>
       </c>
       <c r="K40" s="5"/>
     </row>
     <row r="41" spans="2:11" ht="96.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="9"/>
       <c r="C41" s="8"/>
       <c r="D41" s="8" t="s">
         <v>38</v>
       </c>
       <c r="E41" s="8" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="F41" s="15" t="s">
         <v>47</v>
       </c>
       <c r="G41" s="12" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="H41" s="16" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="I41" s="8" t="s">
         <v>11</v>
       </c>
       <c r="J41" s="8" t="s">
         <v>11</v>
       </c>
       <c r="K41" s="5"/>
     </row>
     <row r="42" spans="2:11" ht="96.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B42" s="9"/>
       <c r="C42" s="8"/>
       <c r="D42" s="8" t="s">
         <v>39</v>
       </c>
       <c r="E42" s="8" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="F42" s="15" t="s">
         <v>42</v>
       </c>
       <c r="G42" s="12" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="H42" s="16" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="I42" s="8" t="s">
         <v>11</v>
       </c>
       <c r="J42" s="8" t="s">
         <v>11</v>
       </c>
       <c r="K42" s="5"/>
     </row>
     <row r="43" spans="2:11" ht="155.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B43" s="9"/>
       <c r="C43" s="8"/>
-      <c r="D43" s="43" t="s">
-        <v>160</v>
+      <c r="D43" s="8" t="s">
+        <v>156</v>
       </c>
       <c r="E43" s="8" t="s">
-        <v>140</v>
-[...5 lines deleted...]
-        <v>159</v>
+        <v>137</v>
+      </c>
+      <c r="F43" s="12" t="s">
+        <v>158</v>
+      </c>
+      <c r="G43" s="12" t="s">
+        <v>155</v>
       </c>
       <c r="H43" s="16" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="I43" s="8" t="s">
         <v>11</v>
       </c>
       <c r="J43" s="8" t="s">
         <v>11</v>
       </c>
       <c r="K43" s="5"/>
     </row>
     <row r="44" spans="2:11" ht="153.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B44" s="9"/>
       <c r="C44" s="8"/>
-      <c r="D44" s="43" t="s">
-        <v>169</v>
+      <c r="D44" s="8" t="s">
+        <v>165</v>
       </c>
       <c r="E44" s="8" t="s">
-        <v>141</v>
-[...5 lines deleted...]
-        <v>172</v>
+        <v>138</v>
+      </c>
+      <c r="F44" s="12" t="s">
+        <v>167</v>
+      </c>
+      <c r="G44" s="12" t="s">
+        <v>168</v>
       </c>
       <c r="H44" s="16" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="I44" s="8" t="s">
         <v>11</v>
       </c>
       <c r="J44" s="8" t="s">
         <v>11</v>
       </c>
       <c r="K44" s="5"/>
     </row>
     <row r="45" spans="2:11" ht="153.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="9"/>
       <c r="C45" s="8"/>
-      <c r="D45" s="43" t="s">
+      <c r="D45" s="8" t="s">
+        <v>166</v>
+      </c>
+      <c r="E45" s="8" t="s">
+        <v>139</v>
+      </c>
+      <c r="F45" s="12" t="s">
+        <v>169</v>
+      </c>
+      <c r="G45" s="12" t="s">
         <v>170</v>
       </c>
-      <c r="E45" s="8" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H45" s="16" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="I45" s="8" t="s">
         <v>11</v>
       </c>
       <c r="J45" s="8" t="s">
         <v>11</v>
       </c>
       <c r="K45" s="5"/>
     </row>
     <row r="46" spans="2:11" ht="141" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B46" s="9"/>
       <c r="C46" s="8"/>
-      <c r="D46" s="43" t="s">
-        <v>161</v>
+      <c r="D46" s="8" t="s">
+        <v>157</v>
       </c>
       <c r="E46" s="8" t="s">
-        <v>143</v>
-[...5 lines deleted...]
-        <v>164</v>
+        <v>140</v>
+      </c>
+      <c r="F46" s="12" t="s">
+        <v>159</v>
+      </c>
+      <c r="G46" s="12" t="s">
+        <v>160</v>
       </c>
       <c r="H46" s="16" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="I46" s="8" t="s">
         <v>11</v>
       </c>
       <c r="J46" s="8" t="s">
         <v>11</v>
       </c>
       <c r="K46" s="5"/>
     </row>
     <row r="47" spans="2:11" ht="140.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="9"/>
       <c r="C47" s="8"/>
-      <c r="D47" s="43" t="s">
-        <v>175</v>
+      <c r="D47" s="8" t="s">
+        <v>171</v>
       </c>
       <c r="E47" s="8" t="s">
-        <v>144</v>
-[...5 lines deleted...]
-        <v>178</v>
+        <v>141</v>
+      </c>
+      <c r="F47" s="12" t="s">
+        <v>173</v>
+      </c>
+      <c r="G47" s="12" t="s">
+        <v>174</v>
       </c>
       <c r="H47" s="16" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="I47" s="8" t="s">
         <v>11</v>
       </c>
       <c r="J47" s="8" t="s">
         <v>11</v>
       </c>
       <c r="K47" s="5"/>
     </row>
     <row r="48" spans="2:11" ht="136.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B48" s="9"/>
       <c r="C48" s="8"/>
-      <c r="D48" s="43" t="s">
+      <c r="D48" s="8" t="s">
+        <v>172</v>
+      </c>
+      <c r="E48" s="8" t="s">
+        <v>142</v>
+      </c>
+      <c r="F48" s="12" t="s">
         <v>176</v>
       </c>
-      <c r="E48" s="8" t="s">
-[...6 lines deleted...]
-        <v>179</v>
+      <c r="G48" s="12" t="s">
+        <v>175</v>
       </c>
       <c r="H48" s="16" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="I48" s="8" t="s">
         <v>11</v>
       </c>
       <c r="J48" s="8" t="s">
         <v>11</v>
       </c>
       <c r="K48" s="5"/>
     </row>
     <row r="49" spans="1:11" ht="105" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="4"/>
       <c r="B49" s="9"/>
       <c r="C49" s="8"/>
-      <c r="D49" s="43" t="s">
-        <v>165</v>
+      <c r="D49" s="8" t="s">
+        <v>161</v>
       </c>
       <c r="E49" s="8" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="F49" s="12" t="s">
         <v>48</v>
       </c>
       <c r="G49" s="12" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>92</v>
+        <v>73</v>
+      </c>
+      <c r="H49" s="18" t="s">
+        <v>91</v>
       </c>
       <c r="I49" s="8" t="s">
         <v>11</v>
       </c>
       <c r="J49" s="8" t="s">
         <v>11</v>
       </c>
       <c r="K49" s="5"/>
     </row>
     <row r="50" spans="1:11" ht="126.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B50" s="9"/>
       <c r="C50" s="17"/>
-      <c r="D50" s="43" t="s">
-        <v>166</v>
+      <c r="D50" s="8" t="s">
+        <v>162</v>
       </c>
       <c r="E50" s="8" t="s">
-        <v>147</v>
-[...1 lines deleted...]
-      <c r="F50" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="F50" s="12" t="s">
         <v>51</v>
       </c>
       <c r="G50" s="12" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>92</v>
+        <v>74</v>
+      </c>
+      <c r="H50" s="18" t="s">
+        <v>91</v>
       </c>
       <c r="I50" s="17" t="s">
         <v>11</v>
       </c>
       <c r="J50" s="17" t="s">
         <v>11</v>
       </c>
       <c r="K50" s="5"/>
     </row>
     <row r="51" spans="1:11" ht="126.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B51" s="9"/>
       <c r="C51" s="17"/>
-      <c r="D51" s="43" t="s">
-        <v>167</v>
+      <c r="D51" s="8" t="s">
+        <v>163</v>
       </c>
       <c r="E51" s="8" t="s">
-        <v>148</v>
-[...1 lines deleted...]
-      <c r="F51" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="F51" s="12" t="s">
         <v>52</v>
       </c>
       <c r="G51" s="12" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>92</v>
+        <v>75</v>
+      </c>
+      <c r="H51" s="18" t="s">
+        <v>91</v>
       </c>
       <c r="I51" s="17" t="s">
         <v>11</v>
       </c>
       <c r="J51" s="17" t="s">
         <v>11</v>
       </c>
       <c r="K51" s="5"/>
     </row>
     <row r="52" spans="1:11" ht="126.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B52" s="9"/>
       <c r="C52" s="17"/>
-      <c r="D52" s="43" t="s">
-        <v>168</v>
+      <c r="D52" s="8" t="s">
+        <v>164</v>
       </c>
       <c r="E52" s="8" t="s">
-        <v>149</v>
-[...1 lines deleted...]
-      <c r="F52" s="18" t="s">
+        <v>146</v>
+      </c>
+      <c r="F52" s="12" t="s">
         <v>53</v>
       </c>
       <c r="G52" s="12" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>92</v>
+        <v>76</v>
+      </c>
+      <c r="H52" s="18" t="s">
+        <v>91</v>
       </c>
       <c r="I52" s="17" t="s">
         <v>11</v>
       </c>
       <c r="J52" s="17" t="s">
         <v>11</v>
       </c>
       <c r="K52" s="5"/>
     </row>
     <row r="53" spans="1:11" ht="16.899999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="4"/>
       <c r="B53" s="5"/>
       <c r="C53" s="5"/>
       <c r="D53" s="5"/>
       <c r="E53" s="5"/>
       <c r="F53" s="5"/>
       <c r="G53" s="5"/>
       <c r="H53" s="5"/>
       <c r="I53" s="5"/>
       <c r="J53" s="5"/>
       <c r="K53" s="5"/>
     </row>
     <row r="54" spans="1:11" ht="21" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B54" s="38" t="s">
-[...10 lines deleted...]
-      <c r="K54" s="39"/>
+      <c r="B54" s="32" t="s">
+        <v>58</v>
+      </c>
+      <c r="C54" s="33"/>
+      <c r="D54" s="33"/>
+      <c r="E54" s="33"/>
+      <c r="F54" s="33"/>
+      <c r="G54" s="33"/>
+      <c r="H54" s="33"/>
+      <c r="I54" s="33"/>
+      <c r="J54" s="33"/>
+      <c r="K54" s="33"/>
     </row>
     <row r="55" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B55" s="5"/>
       <c r="C55" s="6" t="s">
         <v>26</v>
       </c>
       <c r="D55" s="10" t="s">
         <v>0</v>
       </c>
       <c r="E55" s="11" t="s">
         <v>1</v>
       </c>
       <c r="F55" s="7" t="s">
         <v>27</v>
       </c>
       <c r="G55" s="7"/>
       <c r="H55" s="7" t="s">
         <v>28</v>
       </c>
       <c r="I55" s="6" t="s">
         <v>29</v>
       </c>
       <c r="J55" s="7" t="s">
         <v>2</v>
       </c>
       <c r="K55" s="5"/>
     </row>
     <row r="56" spans="1:11" ht="126.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B56" s="9"/>
       <c r="C56" s="8"/>
       <c r="D56" s="8" t="s">
-        <v>54</v>
+        <v>177</v>
       </c>
       <c r="E56" s="8" t="s">
-        <v>150</v>
-[...5 lines deleted...]
-        <v>119</v>
+        <v>178</v>
+      </c>
+      <c r="F56" s="12" t="s">
+        <v>179</v>
+      </c>
+      <c r="G56" s="12" t="s">
+        <v>180</v>
       </c>
       <c r="H56" s="16" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>91</v>
+      </c>
+      <c r="I56" s="16" t="s">
+        <v>181</v>
       </c>
       <c r="J56" s="8" t="s">
         <v>11</v>
       </c>
       <c r="K56" s="5"/>
     </row>
     <row r="57" spans="1:11" ht="126.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B57" s="9"/>
       <c r="C57" s="8"/>
       <c r="D57" s="8" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="E57" s="8" t="s">
-        <v>151</v>
-[...5 lines deleted...]
-        <v>121</v>
+        <v>147</v>
+      </c>
+      <c r="F57" s="20" t="s">
+        <v>117</v>
+      </c>
+      <c r="G57" s="20" t="s">
+        <v>118</v>
       </c>
       <c r="H57" s="16" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="I57" s="8" t="s">
         <v>11</v>
       </c>
       <c r="J57" s="8" t="s">
         <v>11</v>
       </c>
       <c r="K57" s="5"/>
     </row>
     <row r="58" spans="1:11" ht="126.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B58" s="9"/>
       <c r="C58" s="8"/>
       <c r="D58" s="8" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="E58" s="8" t="s">
-        <v>152</v>
-[...5 lines deleted...]
-        <v>123</v>
+        <v>148</v>
+      </c>
+      <c r="F58" s="20" t="s">
+        <v>119</v>
+      </c>
+      <c r="G58" s="20" t="s">
+        <v>120</v>
       </c>
       <c r="H58" s="16" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="I58" s="8" t="s">
         <v>11</v>
       </c>
       <c r="J58" s="8" t="s">
         <v>11</v>
       </c>
       <c r="K58" s="5"/>
     </row>
     <row r="59" spans="1:11" ht="126.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B59" s="9"/>
       <c r="C59" s="8"/>
       <c r="D59" s="8" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="E59" s="8" t="s">
-        <v>153</v>
-[...5 lines deleted...]
-        <v>125</v>
+        <v>149</v>
+      </c>
+      <c r="F59" s="20" t="s">
+        <v>121</v>
+      </c>
+      <c r="G59" s="20" t="s">
+        <v>122</v>
       </c>
       <c r="H59" s="16" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="I59" s="8" t="s">
         <v>11</v>
       </c>
       <c r="J59" s="8" t="s">
         <v>11</v>
       </c>
       <c r="K59" s="5"/>
     </row>
-    <row r="60" spans="1:11" ht="105" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="60" spans="1:11" ht="126.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B60" s="9"/>
       <c r="C60" s="8"/>
       <c r="D60" s="8" t="s">
-        <v>58</v>
+        <v>182</v>
       </c>
       <c r="E60" s="8" t="s">
-        <v>154</v>
-[...5 lines deleted...]
-        <v>78</v>
+        <v>183</v>
+      </c>
+      <c r="F60" s="20" t="s">
+        <v>184</v>
+      </c>
+      <c r="G60" s="20" t="s">
+        <v>185</v>
       </c>
       <c r="H60" s="16" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="I60" s="8" t="s">
         <v>11</v>
       </c>
       <c r="J60" s="8" t="s">
         <v>11</v>
       </c>
       <c r="K60" s="5"/>
     </row>
-    <row r="61" spans="1:11" ht="16.899999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A61" s="4"/>
+    <row r="61" spans="1:11" ht="105" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B61" s="9"/>
       <c r="C61" s="8"/>
-      <c r="D61" s="8"/>
-[...5 lines deleted...]
-      <c r="J61" s="8"/>
+      <c r="D61" s="8" t="s">
+        <v>57</v>
+      </c>
+      <c r="E61" s="8" t="s">
+        <v>150</v>
+      </c>
+      <c r="F61" s="12" t="s">
+        <v>59</v>
+      </c>
+      <c r="G61" s="12" t="s">
+        <v>77</v>
+      </c>
+      <c r="H61" s="16" t="s">
+        <v>91</v>
+      </c>
+      <c r="I61" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="J61" s="8" t="s">
+        <v>11</v>
+      </c>
       <c r="K61" s="5"/>
     </row>
     <row r="62" spans="1:11" ht="16.899999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A62" s="4"/>
-      <c r="B62" s="5"/>
-[...7 lines deleted...]
-      <c r="J62" s="5"/>
+      <c r="B62" s="9"/>
+      <c r="C62" s="8"/>
+      <c r="D62" s="8"/>
+      <c r="E62" s="8"/>
+      <c r="F62" s="12"/>
+      <c r="G62" s="12"/>
+      <c r="H62" s="16"/>
+      <c r="I62" s="8"/>
+      <c r="J62" s="8"/>
       <c r="K62" s="5"/>
     </row>
-    <row r="63" spans="1:11" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="63" spans="1:11" ht="16.899999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A63" s="4"/>
+      <c r="B63" s="5"/>
+      <c r="C63" s="5"/>
+      <c r="D63" s="5"/>
+      <c r="E63" s="5"/>
+      <c r="F63" s="5"/>
+      <c r="G63" s="5"/>
+      <c r="H63" s="5"/>
+      <c r="I63" s="5"/>
+      <c r="J63" s="5"/>
+      <c r="K63" s="5"/>
     </row>
     <row r="64" spans="1:11" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A64" s="4"/>
     </row>
     <row r="65" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A65" s="4"/>
     </row>
     <row r="66" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A66" s="4"/>
     </row>
     <row r="67" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A67" s="4"/>
     </row>
     <row r="68" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A68" s="4"/>
     </row>
     <row r="69" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A69" s="4"/>
     </row>
     <row r="70" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A70" s="4"/>
     </row>
     <row r="71" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A71" s="4"/>
     </row>
@@ -4687,320 +4750,327 @@
       <c r="A108" s="4"/>
     </row>
     <row r="109" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A109" s="4"/>
     </row>
     <row r="110" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A110" s="4"/>
     </row>
     <row r="111" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A111" s="4"/>
     </row>
     <row r="112" spans="1:1" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A112" s="4"/>
     </row>
     <row r="113" spans="1:10" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A113" s="4"/>
     </row>
     <row r="114" spans="1:10" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A114" s="4"/>
     </row>
     <row r="115" spans="1:10" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A115" s="4"/>
     </row>
     <row r="116" spans="1:10" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A116" s="4"/>
-      <c r="D116" s="2"/>
-[...5 lines deleted...]
-      <c r="J116" s="3"/>
     </row>
     <row r="117" spans="1:10" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A117" s="4"/>
+      <c r="D117" s="2"/>
+      <c r="E117" s="3"/>
+      <c r="F117" s="3"/>
+      <c r="G117" s="3"/>
+      <c r="H117" s="3"/>
+      <c r="I117" s="3"/>
+      <c r="J117" s="3"/>
     </row>
     <row r="118" spans="1:10" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A118" s="4"/>
     </row>
     <row r="119" spans="1:10" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A119" s="4"/>
     </row>
     <row r="120" spans="1:10" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A120" s="4"/>
     </row>
     <row r="121" spans="1:10" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A121" s="4"/>
     </row>
-    <row r="122" spans="1:10" ht="24" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="122" spans="1:10" ht="16.899999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A122" s="4"/>
     </row>
-    <row r="123" spans="1:10" x14ac:dyDescent="0.2"/>
+    <row r="123" spans="1:10" ht="24" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A123" s="4"/>
+    </row>
     <row r="124" spans="1:10" x14ac:dyDescent="0.2"/>
     <row r="125" spans="1:10" x14ac:dyDescent="0.2"/>
     <row r="126" spans="1:10" x14ac:dyDescent="0.2"/>
     <row r="127" spans="1:10" x14ac:dyDescent="0.2"/>
     <row r="128" spans="1:10" x14ac:dyDescent="0.2"/>
-    <row r="129" x14ac:dyDescent="0.2"/>
-[...4 lines deleted...]
-    <row r="142" x14ac:dyDescent="0.2"/>
+    <row r="129" s="1" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="130" s="1" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="131" s="1" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="132" s="1" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="133" s="1" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="134" s="1" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="143" x14ac:dyDescent="0.2"/>
     <row r="144" x14ac:dyDescent="0.2"/>
     <row r="145" x14ac:dyDescent="0.2"/>
+    <row r="146" x14ac:dyDescent="0.2"/>
     <row r="497" x14ac:dyDescent="0.2"/>
-    <row r="500" x14ac:dyDescent="0.2"/>
+    <row r="498" x14ac:dyDescent="0.2"/>
     <row r="501" x14ac:dyDescent="0.2"/>
-    <row r="512" x14ac:dyDescent="0.2"/>
+    <row r="502" x14ac:dyDescent="0.2"/>
     <row r="513" x14ac:dyDescent="0.2"/>
     <row r="514" x14ac:dyDescent="0.2"/>
     <row r="515" x14ac:dyDescent="0.2"/>
     <row r="516" x14ac:dyDescent="0.2"/>
     <row r="517" x14ac:dyDescent="0.2"/>
     <row r="518" x14ac:dyDescent="0.2"/>
-    <row r="528" x14ac:dyDescent="0.2"/>
+    <row r="519" x14ac:dyDescent="0.2"/>
     <row r="529" x14ac:dyDescent="0.2"/>
     <row r="530" x14ac:dyDescent="0.2"/>
     <row r="531" x14ac:dyDescent="0.2"/>
     <row r="532" x14ac:dyDescent="0.2"/>
     <row r="533" x14ac:dyDescent="0.2"/>
     <row r="534" x14ac:dyDescent="0.2"/>
     <row r="535" x14ac:dyDescent="0.2"/>
     <row r="536" x14ac:dyDescent="0.2"/>
     <row r="537" x14ac:dyDescent="0.2"/>
-    <row r="544" x14ac:dyDescent="0.2"/>
+    <row r="538" x14ac:dyDescent="0.2"/>
     <row r="545" x14ac:dyDescent="0.2"/>
     <row r="546" x14ac:dyDescent="0.2"/>
     <row r="547" x14ac:dyDescent="0.2"/>
     <row r="548" x14ac:dyDescent="0.2"/>
     <row r="549" x14ac:dyDescent="0.2"/>
     <row r="550" x14ac:dyDescent="0.2"/>
     <row r="551" x14ac:dyDescent="0.2"/>
     <row r="552" x14ac:dyDescent="0.2"/>
     <row r="553" x14ac:dyDescent="0.2"/>
     <row r="554" x14ac:dyDescent="0.2"/>
     <row r="555" x14ac:dyDescent="0.2"/>
     <row r="556" x14ac:dyDescent="0.2"/>
     <row r="557" x14ac:dyDescent="0.2"/>
     <row r="558" x14ac:dyDescent="0.2"/>
     <row r="559" x14ac:dyDescent="0.2"/>
     <row r="560" x14ac:dyDescent="0.2"/>
     <row r="561" x14ac:dyDescent="0.2"/>
     <row r="562" x14ac:dyDescent="0.2"/>
     <row r="563" x14ac:dyDescent="0.2"/>
     <row r="564" x14ac:dyDescent="0.2"/>
     <row r="565" x14ac:dyDescent="0.2"/>
     <row r="566" x14ac:dyDescent="0.2"/>
     <row r="567" x14ac:dyDescent="0.2"/>
     <row r="568" x14ac:dyDescent="0.2"/>
     <row r="569" x14ac:dyDescent="0.2"/>
     <row r="570" x14ac:dyDescent="0.2"/>
     <row r="571" x14ac:dyDescent="0.2"/>
     <row r="572" x14ac:dyDescent="0.2"/>
     <row r="573" x14ac:dyDescent="0.2"/>
     <row r="574" x14ac:dyDescent="0.2"/>
     <row r="575" x14ac:dyDescent="0.2"/>
     <row r="576" x14ac:dyDescent="0.2"/>
     <row r="577" x14ac:dyDescent="0.2"/>
     <row r="578" x14ac:dyDescent="0.2"/>
     <row r="579" x14ac:dyDescent="0.2"/>
     <row r="580" x14ac:dyDescent="0.2"/>
     <row r="581" x14ac:dyDescent="0.2"/>
     <row r="582" x14ac:dyDescent="0.2"/>
     <row r="583" x14ac:dyDescent="0.2"/>
     <row r="584" x14ac:dyDescent="0.2"/>
     <row r="585" x14ac:dyDescent="0.2"/>
     <row r="586" x14ac:dyDescent="0.2"/>
     <row r="587" x14ac:dyDescent="0.2"/>
     <row r="588" x14ac:dyDescent="0.2"/>
     <row r="589" x14ac:dyDescent="0.2"/>
     <row r="590" x14ac:dyDescent="0.2"/>
     <row r="591" x14ac:dyDescent="0.2"/>
+    <row r="592" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="42">
-    <mergeCell ref="F17:F19"/>
-[...9 lines deleted...]
-    <mergeCell ref="J20:J22"/>
+    <mergeCell ref="H14:H16"/>
+    <mergeCell ref="I5:I8"/>
+    <mergeCell ref="J5:J8"/>
+    <mergeCell ref="C9:C12"/>
+    <mergeCell ref="D9:D12"/>
+    <mergeCell ref="E9:E12"/>
+    <mergeCell ref="F9:F12"/>
+    <mergeCell ref="G9:G12"/>
+    <mergeCell ref="I9:I12"/>
+    <mergeCell ref="J9:J12"/>
+    <mergeCell ref="C5:C8"/>
+    <mergeCell ref="D5:D8"/>
+    <mergeCell ref="E5:E8"/>
+    <mergeCell ref="F5:F8"/>
+    <mergeCell ref="G5:G8"/>
     <mergeCell ref="B54:K54"/>
     <mergeCell ref="B17:B20"/>
     <mergeCell ref="C2:J2"/>
     <mergeCell ref="B32:K32"/>
     <mergeCell ref="B3:K3"/>
     <mergeCell ref="B26:K26"/>
     <mergeCell ref="C13:C16"/>
     <mergeCell ref="D13:D16"/>
     <mergeCell ref="E13:E16"/>
     <mergeCell ref="F13:F16"/>
     <mergeCell ref="G13:G16"/>
     <mergeCell ref="I13:I16"/>
     <mergeCell ref="J13:J16"/>
     <mergeCell ref="C17:C19"/>
     <mergeCell ref="D17:D19"/>
     <mergeCell ref="E17:E19"/>
-    <mergeCell ref="H14:H16"/>
-[...13 lines deleted...]
-    <mergeCell ref="G5:G8"/>
+    <mergeCell ref="F17:F19"/>
+    <mergeCell ref="G17:G19"/>
+    <mergeCell ref="I17:I19"/>
+    <mergeCell ref="J17:J19"/>
+    <mergeCell ref="C20:C22"/>
+    <mergeCell ref="D20:D22"/>
+    <mergeCell ref="E20:E22"/>
+    <mergeCell ref="F20:F22"/>
+    <mergeCell ref="G20:G22"/>
+    <mergeCell ref="I20:I22"/>
+    <mergeCell ref="J20:J22"/>
   </mergeCells>
   <phoneticPr fontId="1" type="noConversion"/>
   <dataValidations count="2">
-    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Length Exceeded" error="This value must be less than or equal to 2000 characters long." promptTitle="Text" prompt="Maximum Length: 2000 characters." sqref="F56:G61 F50:G52 F13:G13 F5:G5 F9:G9 F31:G31" xr:uid="{A75C5E3F-E35F-4A0E-A5D9-5789F5FE2DEA}">
+    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Length Exceeded" error="This value must be less than or equal to 2000 characters long." promptTitle="Text" prompt="Maximum Length: 2000 characters." sqref="F31:G31 F50:G52 F13:G13 F5:G5 F9:G9 F56:G62" xr:uid="{A75C5E3F-E35F-4A0E-A5D9-5789F5FE2DEA}">
       <formula1>2000</formula1>
     </dataValidation>
     <dataValidation type="textLength" operator="lessThanOrEqual" showInputMessage="1" showErrorMessage="1" errorTitle="Length Exceeded" error="This value must be less than or equal to 100 characters long." promptTitle="Text (required)" prompt="Maximum Length: 100 characters." sqref="E50:E52" xr:uid="{27F95F93-4467-43E3-AE2E-CD6077F61F9D}">
       <formula1>100</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="I17" r:id="rId1" display="Check this folder for HMP400 technical specificaions" xr:uid="{784BBD98-B53B-4756-9C94-80A74DE2587A}"/>
     <hyperlink ref="H25" r:id="rId2" display="Öffnen Sie diesen Ordner für Bilder. " xr:uid="{921F02B6-2B97-4EDD-90E4-8BFE6AA5A796}"/>
     <hyperlink ref="H13" r:id="rId3" xr:uid="{88F8312E-0EE7-4B77-9E60-A1041ABB96AE}"/>
     <hyperlink ref="H14" r:id="rId4" display="Click here for iBX410 images" xr:uid="{26AE103D-8694-47B3-B2E7-A284292035E5}"/>
     <hyperlink ref="I13" r:id="rId5" display="Öffnen Sie diesen Ordner für die technischen Spezifikationen des iBX410" xr:uid="{1B0B864C-AEE9-4894-9A84-0AEA351319C0}"/>
     <hyperlink ref="H17" r:id="rId6" xr:uid="{BC3FCD05-3DB2-4B1D-BDBD-E0E603DC3DFD}"/>
     <hyperlink ref="H19" r:id="rId7" xr:uid="{452135FC-B5E6-49F1-89DE-56EEFC5283DA}"/>
     <hyperlink ref="H18" r:id="rId8" display="Click here for HMP400 product images" xr:uid="{E48F0298-F92E-4B5B-B616-319C7AE804EB}"/>
     <hyperlink ref="I17:I19" r:id="rId9" display="Clicken Sie hier für die technischen Spezifikationen des HMP400" xr:uid="{1F0553C7-6C97-43B6-AA97-9C1B015FA6F0}"/>
     <hyperlink ref="H20" r:id="rId10" display="Klicken Sie hier für die HMP400-Produktseite" xr:uid="{3FFF72C8-6E13-423E-A243-ECA20FE0A089}"/>
     <hyperlink ref="H22" r:id="rId11" xr:uid="{2902E9DC-BC99-4B19-A385-C40A0EC1FBE0}"/>
     <hyperlink ref="H21" r:id="rId12" display="Click here for HMP400 product images" xr:uid="{3EEB98BB-90E0-44AE-B159-36900DF031DB}"/>
     <hyperlink ref="I20" r:id="rId13" display="Check this folder for HMP400 technical specificaions" xr:uid="{34607A37-11DA-4061-AD9B-276299EBB61A}"/>
     <hyperlink ref="I20:I22" r:id="rId14" display="Clicken Sie hier für die technischen Spezifikationen des HMP400" xr:uid="{94705C39-B3B9-4E5E-A5FF-2E1177EF887B}"/>
     <hyperlink ref="H24" r:id="rId15" display="Öffnen Sie diesen Ordner für Bilder. " xr:uid="{CD2EB622-3F67-4D79-B432-120132EFEC38}"/>
     <hyperlink ref="H28" r:id="rId16" display="Check this folder for power supply images" xr:uid="{0D59D753-4607-4953-8AB9-2EA160AA1108}"/>
     <hyperlink ref="H29" r:id="rId17" display="Check this folder for cable image" xr:uid="{934B9110-D91B-41A5-80C4-B2BF03896488}"/>
     <hyperlink ref="H49" r:id="rId18" display="Check this folder for  SpinetiX ARYA-related images." xr:uid="{D072DA4D-33D6-4503-953B-526C538F36F0}"/>
     <hyperlink ref="H43" r:id="rId19" display="Check this folder for DSOS-related images." xr:uid="{5FCC11C8-9D35-45FC-BD3F-1388C6CFB53F}"/>
     <hyperlink ref="H37" r:id="rId20" display="Check this folder for Elementi Update Plan images." xr:uid="{D2BF9553-4DF4-4B34-90F5-507A56C51EFE}"/>
     <hyperlink ref="H34" r:id="rId21" display="Check this folder for Elementi images." xr:uid="{31F04F23-0BA3-4729-901F-3FA40AA5E45D}"/>
     <hyperlink ref="H35" r:id="rId22" display="Check this folder for Elementi images." xr:uid="{207A8C9F-BAA4-47D5-9A57-0B93B7386F4B}"/>
     <hyperlink ref="H36" r:id="rId23" display="Check this folder for Elementi images." xr:uid="{A762FDB0-1C15-450B-A0A5-A1E0F4BDDB08}"/>
     <hyperlink ref="H38" r:id="rId24" display="Check this folder for Elementi Update Plan images." xr:uid="{9575E8F4-27F6-48B1-883C-94042C84ADE3}"/>
     <hyperlink ref="H39" r:id="rId25" display="Check this folder for Elementi Update Plan images." xr:uid="{38C73534-9B7D-46E7-B35D-F06D2220AD84}"/>
     <hyperlink ref="H40" r:id="rId26" display="Check this folder for Elementi Update Plan images." xr:uid="{22571B12-0633-43B5-8202-55C4048AF935}"/>
     <hyperlink ref="H41" r:id="rId27" display="Check this folder for Elementi Update Plan images." xr:uid="{9C6B573F-801A-4E59-8843-1E06833F29F7}"/>
     <hyperlink ref="H42" r:id="rId28" display="Check this folder for Elementi Update Plan images." xr:uid="{44FBF4F6-0528-4BD0-AFE8-42CB7FD77FD0}"/>
     <hyperlink ref="H44" r:id="rId29" display="Check this folder for DSOS-related images." xr:uid="{22C4223B-A05A-4705-83BF-A337F7260928}"/>
     <hyperlink ref="H45" r:id="rId30" display="Check this folder for DSOS-related images." xr:uid="{ACDBDFB9-0E90-4827-AED7-B9C1512DED5D}"/>
     <hyperlink ref="H46" r:id="rId31" display="Check this folder for DSOS-related images." xr:uid="{C6D4E7E1-E038-4F56-B427-EBC3C838E519}"/>
     <hyperlink ref="H47" r:id="rId32" display="Check this folder for DSOS-related images." xr:uid="{90F222B0-CC5F-46D4-BC55-03E5437AD56C}"/>
     <hyperlink ref="H48" r:id="rId33" display="Check this folder for DSOS-related images." xr:uid="{A94E3C21-9AAA-455B-B5E1-1994800ED362}"/>
     <hyperlink ref="H50" r:id="rId34" display="Check this folder for  SpinetiX ARYA-related images." xr:uid="{E5C36D1B-99C6-443E-B08B-D32485D3244B}"/>
     <hyperlink ref="H51" r:id="rId35" display="Check this folder for  SpinetiX ARYA-related images." xr:uid="{01D67DA3-8DD9-494A-A150-5FBF9CD4F019}"/>
     <hyperlink ref="H52" r:id="rId36" display="Check this folder for  SpinetiX ARYA-related images." xr:uid="{ECF46986-4810-4454-82D5-3F08814F9B70}"/>
     <hyperlink ref="H56" r:id="rId37" display="Check this folder for Service-related image." xr:uid="{5891EE32-2B5E-4AD3-A21F-5A61B495A0B1}"/>
-    <hyperlink ref="H57:H60" r:id="rId38" display="Check this folder for Service-related image." xr:uid="{C5175BA6-FA2B-4697-A976-B11F777422B2}"/>
+    <hyperlink ref="H58:H61" r:id="rId38" display="Check this folder for Service-related image." xr:uid="{C5175BA6-FA2B-4697-A976-B11F777422B2}"/>
     <hyperlink ref="H5" r:id="rId39" xr:uid="{7068BD1D-4CD6-4CE7-BCC7-7186EB90F9FF}"/>
     <hyperlink ref="H6" r:id="rId40" xr:uid="{95F8799F-C44D-4BC1-B738-6E7C1B0FCC14}"/>
     <hyperlink ref="I5" r:id="rId41" display="Öffnen Sie diesen Ordner für die technischen Spezifikationen des iBX410" xr:uid="{EA46A1DE-4CB0-4D26-8A8D-421291120F24}"/>
     <hyperlink ref="H7" r:id="rId42" xr:uid="{ADF3A2DF-2068-4DE8-8C59-7E3EBD1CB2AD}"/>
     <hyperlink ref="H9" r:id="rId43" xr:uid="{B56A1379-6ADD-40DF-955B-866AC505E934}"/>
     <hyperlink ref="H10" r:id="rId44" display="Click here for iBX410 images" xr:uid="{1A9A11FF-8ACF-496B-A1FD-216FE25E02A7}"/>
     <hyperlink ref="H12" r:id="rId45" xr:uid="{7EC9B56D-D61B-40C7-B1E7-CFCB745DE0FD}"/>
     <hyperlink ref="I9" r:id="rId46" display="Öffnen Sie diesen Ordner für die technischen Spezifikationen des iBX410" xr:uid="{D86BBC86-2F11-4BB7-82F0-7326383FE1AE}"/>
     <hyperlink ref="H11" r:id="rId47" xr:uid="{CC4EE0A3-E240-48BA-82DB-D5077C0FD717}"/>
     <hyperlink ref="I13:I16" r:id="rId48" display="Clicken Sie hier für die technischen Spezifikationen des iBX410" xr:uid="{280AD68B-EBB0-4FBC-9032-1EAB16704B9A}"/>
     <hyperlink ref="I5:I8" r:id="rId49" display="Clicken Sie hier für die technischen Spezifikationen des iBX440" xr:uid="{5EFAD8CA-00F8-47A6-A38F-0E65AFFC54EA}"/>
     <hyperlink ref="H23" r:id="rId50" display="Öffnen Sie diesen Ordner für Bilder. " xr:uid="{ADEF081C-552B-4B72-B747-65D7FC475183}"/>
     <hyperlink ref="H30" r:id="rId51" display="Check this folder for cable image" xr:uid="{1D778E8E-1D0F-4D46-B990-D2C1F3AA7407}"/>
+    <hyperlink ref="H57" r:id="rId52" display="Check this folder for Service-related image." xr:uid="{D49FB788-2666-4093-876E-D255C5331F1C}"/>
+    <hyperlink ref="I56" r:id="rId53" xr:uid="{DAEA8853-E5AC-4473-8BD2-51D6F2E8CB81}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.11811023622047245" right="0.11811023622047245" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="44" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId52"/>
-  <drawing r:id="rId53"/>
+  <pageSetup paperSize="9" scale="44" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId54"/>
+  <drawing r:id="rId55"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101002DC48F20D6789B4883B9B16C704719FA" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="583c1eb5a0c21535cae788b7f1263985">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="80be8bc2-2dd2-4778-a2bd-887f1523b063" xmlns:ns3="c313f6ba-59b7-4500-a26a-414d5d09073f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b4eff0a363a42d30f652ff17fe0524c7" ns1:_="" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101002DC48F20D6789B4883B9B16C704719FA" ma:contentTypeVersion="21" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ffd63ce0a7b25e305b1baef417825bd5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="80be8bc2-2dd2-4778-a2bd-887f1523b063" xmlns:ns3="c313f6ba-59b7-4500-a26a-414d5d09073f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6bd7156cf5501b79dc3f049fb7ba42fa" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="80be8bc2-2dd2-4778-a2bd-887f1523b063"/>
     <xsd:import namespace="c313f6ba-59b7-4500-a26a-414d5d09073f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="20" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="21" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="80be8bc2-2dd2-4778-a2bd-887f1523b063" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="8" nillable="true" ma:displayName="Shared With" ma:description="" ma:internalName="SharedWithUsers" ma:readOnly="true">
@@ -5098,50 +5168,55 @@
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="22" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="24" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="2f2cfe87-d3b6-4286-bc60-0ccf157bfecb" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="26" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="27" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="28" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
@@ -5199,150 +5274,150 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < W o r k b o o k S t a t e   x m l n s : i = " h t t p : / / w w w . w 3 . o r g / 2 0 0 1 / X M L S c h e m a - i n s t a n c e "   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / P o w e r B I A d d I n " > < L a s t P r o v i d e d R a n g e N a m e I d > 0 < / L a s t P r o v i d e d R a n g e N a m e I d > < L a s t U s e d G r o u p O b j e c t I d > < / L a s t U s e d G r o u p O b j e c t I d > < T i l e s L i s t > < T i l e s / > < / T i l e s L i s t > < / W o r k b o o k S t a t e > 
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <SharedWithUsers xmlns="80be8bc2-2dd2-4778-a2bd-887f1523b063">
       <UserInfo>
         <DisplayName>Romain Marchand</DisplayName>
         <AccountId>191</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Yulia Goumoens</DisplayName>
         <AccountId>101</AccountId>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <TaxCatchAll xmlns="80be8bc2-2dd2-4778-a2bd-887f1523b063" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="c313f6ba-59b7-4500-a26a-414d5d09073f">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < W o r k b o o k S t a t e   x m l n s : i = " h t t p : / / w w w . w 3 . o r g / 2 0 0 1 / X M L S c h e m a - i n s t a n c e "   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / P o w e r B I A d d I n " > < L a s t P r o v i d e d R a n g e N a m e I d > 0 < / L a s t P r o v i d e d R a n g e N a m e I d > < L a s t U s e d G r o u p O b j e c t I d > < / L a s t U s e d G r o u p O b j e c t I d > < T i l e s L i s t > < T i l e s / > < / T i l e s L i s t > < / W o r k b o o k S t a t e > 
-[...10 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6426D615-2250-47F9-92FB-6229AADB3593}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{936F978C-516C-411C-BD7F-032CC3194DE1}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B159B384-6B34-4BBE-BFF8-DBB7EB33C85D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{037E19E2-3207-4A26-A350-924D82A473CA}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/PowerBIAddIn"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D80AC49F-603C-4A13-B4AF-79C9EB2BAFAD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="c313f6ba-59b7-4500-a26a-414d5d09073f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="80be8bc2-2dd2-4778-a2bd-887f1523b063"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Worksheets</vt:lpstr>
+        <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Named Ranges</vt:lpstr>
+        <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Product details</vt:lpstr>
-      <vt:lpstr>'Product details'!Print_Area</vt:lpstr>
-      <vt:lpstr>'Product details'!Print_Titles</vt:lpstr>
+      <vt:lpstr>'Product details'!Impression_des_titres</vt:lpstr>
+      <vt:lpstr>'Product details'!Zone_d_impression</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>SpinetiX</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>SpinetiX Sell-Out Report</dc:title>
   <dc:subject>SpinetiX Sell-Out Report</dc:subject>
   <dc:creator>Serge.Konter@spinetix.com</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>